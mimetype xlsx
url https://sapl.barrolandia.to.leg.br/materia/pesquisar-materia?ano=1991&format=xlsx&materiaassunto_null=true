--- v0 (2025-10-25)
+++ v1 (2026-03-22)
@@ -54,630 +54,630 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>414</t>
   </si>
   <si>
     <t>1991</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>JOÃO FERREIRA FILHO, CRISTINO RÉGENES CARDOSO, EDIMAR RODRIGUES DA SILVA, REISELINO REIS GOMES</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1991/414/requerimento_1991_n.__1.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1991/414/requerimento_1991_n.__1.pdf</t>
   </si>
   <si>
     <t>Requerimento para instalação de água no cemitério local.</t>
   </si>
   <si>
     <t>415</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>EDIMAR RODRIGUES DA SILVA, CRISTINO RÉGENES CARDOSO, JOÃO FERREIRA FILHO, REISELINO REIS GOMES</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1991/415/requerimento_1991_n.__2.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1991/415/requerimento_1991_n.__2.pdf</t>
   </si>
   <si>
     <t>Requerimento para realização de auditoria na Prefeitura Municipal de Barrolândia/TO.</t>
   </si>
   <si>
     <t>416</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>CRISTINO RÉGENES CARDOSO, EDIMAR RODRIGUES DA SILVA, JOÃO FERREIRA FILHO, REISELINO REIS GOMES</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1991/416/requerimento_1991_n.__3.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1991/416/requerimento_1991_n.__3.pdf</t>
   </si>
   <si>
     <t>Requerimento para aquisição de recursos para construção de 400 (quatrocentas) casas populares.</t>
   </si>
   <si>
     <t>417</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1991/417/requerimento_1991_n.__4.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1991/417/requerimento_1991_n.__4.pdf</t>
   </si>
   <si>
     <t>Requerimento para aquisição de uma parque infantil para instalação em uma praça.</t>
   </si>
   <si>
     <t>418</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>REISELINO REIS GOMES, CRISTINO RÉGENES CARDOSO, EDIMAR RODRIGUES DA SILVA, JOÃO FERREIRA FILHO</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1991/418/requerimento_1991_n.__5.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1991/418/requerimento_1991_n.__5.pdf</t>
   </si>
   <si>
     <t>Requerimento para construção de meio-fio nas principais avenidas da cidade.</t>
   </si>
   <si>
     <t>419</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1991/419/requerimento_1991_n.__6.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1991/419/requerimento_1991_n.__6.pdf</t>
   </si>
   <si>
     <t>Requerimento para construção de matadouro.</t>
   </si>
   <si>
     <t>420</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1991/420/requerimento_1991_n.__7.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1991/420/requerimento_1991_n.__7.pdf</t>
   </si>
   <si>
     <t>Requerimento para construção de uma lavanderia pública.</t>
   </si>
   <si>
     <t>421</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1991/421/requerimento_1991_n.__8.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1991/421/requerimento_1991_n.__8.pdf</t>
   </si>
   <si>
     <t>Requerimento para expansão da rede de água tratada</t>
   </si>
   <si>
     <t>422</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1991/422/requerimento_1991_n.__9.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1991/422/requerimento_1991_n.__9.pdf</t>
   </si>
   <si>
     <t>Requerimento para construção de um Mercado Público.</t>
   </si>
   <si>
     <t>423</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1991/423/requerimento_1991_n.__10.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1991/423/requerimento_1991_n.__10.pdf</t>
   </si>
   <si>
     <t>Requerimento para construção de um Terminal Rodoviário.</t>
   </si>
   <si>
     <t>424</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1991/424/requerimento_1991_n.__11.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1991/424/requerimento_1991_n.__11.pdf</t>
   </si>
   <si>
     <t>Requerimento para aquisição de um Caminhão Pipa para aguar as ruas da cidade.</t>
   </si>
   <si>
     <t>425</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>CRISTINO RÉGENES CARDOSO, EDIMAR RODRIGUES DA SILVA, JOÃO FERREIRA FILHO</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1991/425/requerimento_1991_n.__12.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1991/425/requerimento_1991_n.__12.pdf</t>
   </si>
   <si>
     <t>Requerimento para aquisição de uma Pá Mecânica (Pá Carregadeira).</t>
   </si>
   <si>
     <t>426</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1991/426/requerimento_1991_n.__13.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1991/426/requerimento_1991_n.__13.pdf</t>
   </si>
   <si>
     <t>Requerimento para ampliação do número de linhas e cabines telefônicas do Posto de Serviços Telefônicos local.</t>
   </si>
   <si>
     <t>427</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1991/427/requerimento_1991_n.__14.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1991/427/requerimento_1991_n.__14.pdf</t>
   </si>
   <si>
     <t>Requerimento de uma bicicleta tipo cargueira para uso do Posto de Correios.</t>
   </si>
   <si>
     <t>428</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1991/428/requerimento_1991_n.__15.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1991/428/requerimento_1991_n.__15.pdf</t>
   </si>
   <si>
     <t>Requerimento para implantação de uma Horta Comunitária.</t>
   </si>
   <si>
     <t>429</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1991/429/requerimento_1991_n.__16.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1991/429/requerimento_1991_n.__16.pdf</t>
   </si>
   <si>
     <t>Requerimento para construção da sede própria do Posto de Correios.</t>
   </si>
   <si>
     <t>430</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1991/430/requerimento_1991_n.__17.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1991/430/requerimento_1991_n.__17.pdf</t>
   </si>
   <si>
     <t>Requerimento para implantação de um televisor público.</t>
   </si>
   <si>
     <t>431</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1991/431/requerimento_1991_n.__18.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1991/431/requerimento_1991_n.__18.pdf</t>
   </si>
   <si>
     <t>Requerimento para encascalhamento da estrada que liga Barrolândia Monte Santo.</t>
   </si>
   <si>
     <t>432</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1991/432/requerimento_1991_n.__19.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1991/432/requerimento_1991_n.__19.pdf</t>
   </si>
   <si>
     <t>Requerimento para construção de uma praça com áreas de lazer para recreação dos jovens e crianças do município.</t>
   </si>
   <si>
     <t>433</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1991/433/requerimento_1991_n.__20.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1991/433/requerimento_1991_n.__20.pdf</t>
   </si>
   <si>
     <t>Requerimento para realização de recuperação e manutenção das vias de acesso às propriedades rurais do município.</t>
   </si>
   <si>
     <t>434</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1991/434/requerimento_1991_n.__21.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1991/434/requerimento_1991_n.__21.pdf</t>
   </si>
   <si>
     <t>Requerimento solicitando melhorias no sistema de distribuição de energia elétrica.</t>
   </si>
   <si>
     <t>435</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1991/435/requerimento_1991_n.__22.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1991/435/requerimento_1991_n.__22.pdf</t>
   </si>
   <si>
     <t>Requerimento para aquisição de materiais para instalação de água na Escola situada na Fazenda do Sr. Zé Gabriel.</t>
   </si>
   <si>
     <t>436</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1991/436/requerimento_1991_n.__23.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1991/436/requerimento_1991_n.__23.pdf</t>
   </si>
   <si>
     <t>Requerimento para construção de um Corêto na Av. Bernardo Sayão.</t>
   </si>
   <si>
     <t>437</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1991/437/requerimento_1991_n.__24.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1991/437/requerimento_1991_n.__24.pdf</t>
   </si>
   <si>
     <t>Requerimento para construção de 02 (dois) vestiários no Campo de Futebol da cidade.</t>
   </si>
   <si>
     <t>438</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1991/438/requerimento_1991_n.__25.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1991/438/requerimento_1991_n.__25.pdf</t>
   </si>
   <si>
     <t>Requerimento para aquisição de uma geladeira para a Câmara Municipal.</t>
   </si>
   <si>
     <t>439</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1991/439/requerimento_1991_n.__26.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1991/439/requerimento_1991_n.__26.pdf</t>
   </si>
   <si>
     <t>Requerimento para aquisição de uma bíblia e um porta-bíblia para a Câmara Municipal.</t>
   </si>
   <si>
     <t>440</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1991/440/requerimento_1991_n.__27.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1991/440/requerimento_1991_n.__27.pdf</t>
   </si>
   <si>
     <t>Requerimento para pavimentação, arborização e iluminação da Avenida Bernardo Sayão.</t>
   </si>
   <si>
     <t>441</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1991/441/requerimento_1991_n.__28.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1991/441/requerimento_1991_n.__28.pdf</t>
   </si>
   <si>
     <t>Requerimento para regulamentação das placas das casas da cidade.</t>
   </si>
   <si>
     <t>442</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1991/442/requerimento_1991_n.__29.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1991/442/requerimento_1991_n.__29.pdf</t>
   </si>
   <si>
     <t>Requerimento solicitando uma camioneta seguido pela rodovia Barrolândia a Monte Santo até o Ribeirão Couro.</t>
   </si>
   <si>
     <t>443</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1991/443/requerimento_1991_n.__30.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1991/443/requerimento_1991_n.__30.pdf</t>
   </si>
   <si>
     <t>Requerimento para construção de muro na Delegacia de Polícia.</t>
   </si>
   <si>
     <t>444</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1991/444/requerimento_1991_n.__31.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1991/444/requerimento_1991_n.__31.pdf</t>
   </si>
   <si>
     <t>Requerimento solicitando doação de lotes nos lugares vagos ou no setores disponíveis a serem loteados.</t>
   </si>
   <si>
     <t>445</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
     <t>REMI CORREIA DE LIMA, CASSIMIRO SOBRAL BARROS, FREDERICO MACHADO DA SILVA, JOSÉ CÂNDIDO DOS REIS</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1991/445/requerimento_1991_n.__32.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1991/445/requerimento_1991_n.__32.pdf</t>
   </si>
   <si>
     <t>Requerimento para aquisição de um trator para facilitação da coleta de lixo.</t>
   </si>
   <si>
     <t>446</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1991/446/requerimento_1991_n.__33.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1991/446/requerimento_1991_n.__33.pdf</t>
   </si>
   <si>
     <t>Requerimento para construção de uma represa no Córrego Cutia, na chácara do Sr. Antonio Lázaro.</t>
   </si>
   <si>
     <t>447</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
     <t>FREDERICO MACHADO DA SILVA, CASSIMIRO SOBRAL BARROS, JOSÉ CÂNDIDO DOS REIS, REMI CORREIA DE LIMA</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1991/447/requerimento_1991_n.__34.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1991/447/requerimento_1991_n.__34.pdf</t>
   </si>
   <si>
     <t>Requerimento para realização de limpeza na pista de pouso de avião.</t>
   </si>
   <si>
     <t>448</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
     <t>FREDERICO MACHADO DA SILVA, JOSÉ CÂNDIDO DOS REIS, REMI CORREIA DE LIMA</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1991/448/requerimento_1991_n.__35.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1991/448/requerimento_1991_n.__35.pdf</t>
   </si>
   <si>
     <t>Requerimento para realização de reforma na ponte do Córrego Cutia, na chácara do Sr. Antonio Lázaro.</t>
   </si>
   <si>
     <t>449</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1991/449/requerimento_1991_n.__36.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1991/449/requerimento_1991_n.__36.pdf</t>
   </si>
   <si>
     <t>Requerimento para construção de um Grupo Escolar na Fazenda Brejão de propriedade do Sr. Jonas Coêlho.</t>
   </si>
   <si>
     <t>450</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
     <t>JOÃO FERREIRA FILHO</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1991/450/requerimento_1991_n.__37.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1991/450/requerimento_1991_n.__37.pdf</t>
   </si>
   <si>
     <t>Requerimento para construção de 02 (dois) banheiros sanitários na Feira Coberta local.</t>
   </si>
   <si>
     <t>451</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
     <t>REISELINO REIS GOMES, EDIMAR RODRIGUES DA SILVA, JOÃO FERREIRA FILHO</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1991/451/requerimento_1991_n.__38.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1991/451/requerimento_1991_n.__38.pdf</t>
   </si>
   <si>
     <t>Requerimento para aquisição de 01 (um) lampião e 01 (um) ventilador para o Posto Telefônico.</t>
   </si>
   <si>
     <t>452</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1991/452/requerimento_1991_n.__39.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1991/452/requerimento_1991_n.__39.pdf</t>
   </si>
   <si>
     <t>Requerimento para patrolamento nas ruas da cidade.</t>
   </si>
   <si>
     <t>453</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
     <t>JOÃO FERREIRA FILHO, EDIMAR RODRIGUES DA SILVA, REISELINO REIS GOMES, REMI CORREIA DE LIMA</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1991/453/requerimento_1991_n.__40.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1991/453/requerimento_1991_n.__40.pdf</t>
   </si>
   <si>
     <t>Requerimento solicitando expansão de rede de energia elétrica nas ruas: Avenida Castelo Branco entre a Avenida Bernardo Sayão até o Campo de Futebol e na Rua Juarez Bucar.</t>
   </si>
   <si>
     <t>282</t>
   </si>
   <si>
     <t>PP</t>
   </si>
   <si>
     <t>Pedido de Providência</t>
   </si>
   <si>
     <t>JOÃO FERREIRA FILHO, CASSIMIRO SOBRAL BARROS, CRISTINO RÉGENES CARDOSO, EDIMAR RODRIGUES DA SILVA, FREDERICO MACHADO DA SILVA, JOSÉ CÂNDIDO DOS REIS, REISELINO REIS GOMES, REMI CORREIA DE LIMA</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1991/282/pedidoprovidencia_n._01-1991_1.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1991/282/pedidoprovidencia_n._01-1991_1.pdf</t>
   </si>
   <si>
     <t>Pedido para que a Rodovia Municipal que liga Barrolândia a Monte Santo seja denominada uma Rodovia Estadual.</t>
   </si>
   <si>
     <t>283</t>
   </si>
   <si>
     <t>REMI CORREIA DE LIMA, CASSIMIRO SOBRAL BARROS, CRISTINO RÉGENES CARDOSO, EDIMAR RODRIGUES DA SILVA, FREDERICO MACHADO DA SILVA, JOÃO FERREIRA FILHO, JOSÉ CÂNDIDO DOS REIS, REISELINO REIS GOMES</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1991/283/pedidoprovidencia_n._02-1991_1.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1991/283/pedidoprovidencia_n._02-1991_1.pdf</t>
   </si>
   <si>
     <t>Construção de uma estrada ligando Barrolândia a Palmas.</t>
   </si>
   <si>
     <t>284</t>
   </si>
   <si>
     <t>REMI CORREIA DE LIMA, CASSIMIRO SOBRAL BARROS, CRISTINO RÉGENES CARDOSO, FREDERICO MACHADO DA SILVA, JOÃO FERREIRA FILHO, JOSÉ CÂNDIDO DOS REIS, REISELINO REIS GOMES</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1991/284/pedidoprovidencia_n._03-1991_1.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1991/284/pedidoprovidencia_n._03-1991_1.pdf</t>
   </si>
   <si>
     <t>Aquisição de uma área de terra para atender as necessidades dos sem terra.</t>
   </si>
   <si>
     <t>302</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1991/302/pedidoprovidencia_n._04-1991_1.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1991/302/pedidoprovidencia_n._04-1991_1.pdf</t>
   </si>
   <si>
     <t>Construção de uma estrada ligando Barrolândia à capital do Estado do Tocantins.</t>
   </si>
   <si>
     <t>303</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1991/303/pedidoprovidencia_n._05-1991_1.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1991/303/pedidoprovidencia_n._05-1991_1.pdf</t>
   </si>
   <si>
     <t>Realização de auditoria financeira na Prefeitura Municipal.</t>
   </si>
   <si>
     <t>305</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1991/305/pedidoprovidencia_n._06-1991_1.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1991/305/pedidoprovidencia_n._06-1991_1.pdf</t>
   </si>
   <si>
     <t>Criação de uma Comissão Parlamentar de Inquérito para apuração de falhas político-administrativa do Prefeito Municipal.</t>
   </si>
   <si>
     <t>307</t>
   </si>
   <si>
     <t>EDIMAR RODRIGUES DA SILVA</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1991/307/pedidoprovidencia_n._07-1991_1.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1991/307/pedidoprovidencia_n._07-1991_1.pdf</t>
   </si>
   <si>
     <t>Solicitação de cassação do mandado do Sr. Prefeito Municipal.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -984,68 +984,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1991/414/requerimento_1991_n.__1.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1991/415/requerimento_1991_n.__2.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1991/416/requerimento_1991_n.__3.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1991/417/requerimento_1991_n.__4.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1991/418/requerimento_1991_n.__5.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1991/419/requerimento_1991_n.__6.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1991/420/requerimento_1991_n.__7.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1991/421/requerimento_1991_n.__8.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1991/422/requerimento_1991_n.__9.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1991/423/requerimento_1991_n.__10.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1991/424/requerimento_1991_n.__11.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1991/425/requerimento_1991_n.__12.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1991/426/requerimento_1991_n.__13.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1991/427/requerimento_1991_n.__14.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1991/428/requerimento_1991_n.__15.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1991/429/requerimento_1991_n.__16.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1991/430/requerimento_1991_n.__17.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1991/431/requerimento_1991_n.__18.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1991/432/requerimento_1991_n.__19.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1991/433/requerimento_1991_n.__20.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1991/434/requerimento_1991_n.__21.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1991/435/requerimento_1991_n.__22.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1991/436/requerimento_1991_n.__23.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1991/437/requerimento_1991_n.__24.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1991/438/requerimento_1991_n.__25.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1991/439/requerimento_1991_n.__26.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1991/440/requerimento_1991_n.__27.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1991/441/requerimento_1991_n.__28.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1991/442/requerimento_1991_n.__29.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1991/443/requerimento_1991_n.__30.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1991/444/requerimento_1991_n.__31.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1991/445/requerimento_1991_n.__32.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1991/446/requerimento_1991_n.__33.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1991/447/requerimento_1991_n.__34.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1991/448/requerimento_1991_n.__35.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1991/449/requerimento_1991_n.__36.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1991/450/requerimento_1991_n.__37.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1991/451/requerimento_1991_n.__38.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1991/452/requerimento_1991_n.__39.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1991/453/requerimento_1991_n.__40.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1991/282/pedidoprovidencia_n._01-1991_1.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1991/283/pedidoprovidencia_n._02-1991_1.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1991/284/pedidoprovidencia_n._03-1991_1.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1991/302/pedidoprovidencia_n._04-1991_1.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1991/303/pedidoprovidencia_n._05-1991_1.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1991/305/pedidoprovidencia_n._06-1991_1.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1991/307/pedidoprovidencia_n._07-1991_1.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1991/414/requerimento_1991_n.__1.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1991/415/requerimento_1991_n.__2.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1991/416/requerimento_1991_n.__3.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1991/417/requerimento_1991_n.__4.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1991/418/requerimento_1991_n.__5.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1991/419/requerimento_1991_n.__6.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1991/420/requerimento_1991_n.__7.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1991/421/requerimento_1991_n.__8.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1991/422/requerimento_1991_n.__9.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1991/423/requerimento_1991_n.__10.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1991/424/requerimento_1991_n.__11.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1991/425/requerimento_1991_n.__12.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1991/426/requerimento_1991_n.__13.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1991/427/requerimento_1991_n.__14.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1991/428/requerimento_1991_n.__15.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1991/429/requerimento_1991_n.__16.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1991/430/requerimento_1991_n.__17.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1991/431/requerimento_1991_n.__18.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1991/432/requerimento_1991_n.__19.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1991/433/requerimento_1991_n.__20.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1991/434/requerimento_1991_n.__21.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1991/435/requerimento_1991_n.__22.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1991/436/requerimento_1991_n.__23.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1991/437/requerimento_1991_n.__24.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1991/438/requerimento_1991_n.__25.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1991/439/requerimento_1991_n.__26.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1991/440/requerimento_1991_n.__27.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1991/441/requerimento_1991_n.__28.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1991/442/requerimento_1991_n.__29.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1991/443/requerimento_1991_n.__30.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1991/444/requerimento_1991_n.__31.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1991/445/requerimento_1991_n.__32.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1991/446/requerimento_1991_n.__33.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1991/447/requerimento_1991_n.__34.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1991/448/requerimento_1991_n.__35.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1991/449/requerimento_1991_n.__36.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1991/450/requerimento_1991_n.__37.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1991/451/requerimento_1991_n.__38.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1991/452/requerimento_1991_n.__39.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1991/453/requerimento_1991_n.__40.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1991/282/pedidoprovidencia_n._01-1991_1.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1991/283/pedidoprovidencia_n._02-1991_1.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1991/284/pedidoprovidencia_n._03-1991_1.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1991/302/pedidoprovidencia_n._04-1991_1.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1991/303/pedidoprovidencia_n._05-1991_1.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1991/305/pedidoprovidencia_n._06-1991_1.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1991/307/pedidoprovidencia_n._07-1991_1.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H48"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="193" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="106.42578125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="105.5703125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="156.42578125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>