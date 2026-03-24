--- v0 (2025-10-25)
+++ v1 (2026-03-24)
@@ -54,171 +54,171 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>309</t>
   </si>
   <si>
     <t>1993</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PP</t>
   </si>
   <si>
     <t>Pedido de Providência</t>
   </si>
   <si>
     <t>LUIS ALBERTO RODRIGUES CUNHA, ANTÔNIO LÁZARO DA FONSECA, EDÉZIO VIEIRA SANTANA, ELIZIÁRIO DE OLIVEIRA NERY, FREDERICO MACHADO DA SILVA, IRANDIR FERREIRA DE ALMEIDA, JOSÉ CÂNDIDO DOS REIS, RAIMUNDO ROCHA ROLIM NETO</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1993/309/pedidoprovidencia_n._01-1993.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1993/309/pedidoprovidencia_n._01-1993.pdf</t>
   </si>
   <si>
     <t>Restauração da estrada que liga a sede do município à região da Serrinha.</t>
   </si>
   <si>
     <t>312</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1993/312/pedidoprovidencia_n._02-1993.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1993/312/pedidoprovidencia_n._02-1993.pdf</t>
   </si>
   <si>
     <t>Fornecimento e manutenção da merenda escolar às escolas rurais.</t>
   </si>
   <si>
     <t>314</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>ANTÔNIO LÁZARO DA FONSECA, EDÉZIO VIEIRA SANTANA, ELIZIÁRIO DE OLIVEIRA NERY, FREDERICO MACHADO DA SILVA, IRANDIR FERREIRA DE ALMEIDA, JOSÉ CÂNDIDO DOS REIS, LUIS ALBERTO RODRIGUES CUNHA, RAIMUNDO ROCHA ROLIM NETO</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1993/314/pedidoprovidencia_n._03-1993.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1993/314/pedidoprovidencia_n._03-1993.pdf</t>
   </si>
   <si>
     <t>Complementação da rede de energia elétrica em ruas do município.</t>
   </si>
   <si>
     <t>315</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1993/315/pedidoprovidencia_n._04-1993.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1993/315/pedidoprovidencia_n._04-1993.pdf</t>
   </si>
   <si>
     <t>Restauração das estradas que ligam a sede do município ao local denominado Cercadinho.</t>
   </si>
   <si>
     <t>316</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1993/316/pedidoprovidencia_n._05-1993.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1993/316/pedidoprovidencia_n._05-1993.pdf</t>
   </si>
   <si>
     <t>Restauração das ruas e avenidas da cidade.</t>
   </si>
   <si>
     <t>317</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>ELIZIÁRIO DE OLIVEIRA NERY, ANTÔNIO LÁZARO DA FONSECA, EDÉZIO VIEIRA SANTANA, FREDERICO MACHADO DA SILVA, IRANDIR FERREIRA DE ALMEIDA, LUIS ALBERTO RODRIGUES CUNHA</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1993/317/pedidoprovidencia_n._06-1993.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1993/317/pedidoprovidencia_n._06-1993.pdf</t>
   </si>
   <si>
     <t>Construção de uma ponte no córrego Capivara na Fazenda São Domingos de propriedade do Sr. Raimundo Coelho Sousa.</t>
   </si>
   <si>
     <t>318</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1993/318/pedidoprovidencia_n._07-1993.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1993/318/pedidoprovidencia_n._07-1993.pdf</t>
   </si>
   <si>
     <t>Recuperação do campo de futebol da Serrinha.</t>
   </si>
   <si>
     <t>319</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1993/319/pedidoprovidencia_n._08-1993.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1993/319/pedidoprovidencia_n._08-1993.pdf</t>
   </si>
   <si>
     <t>Construção de 08 (oito) mata-burros na estrada que liga a região denominada Araras com a região denominada Serrinha.</t>
   </si>
   <si>
     <t>320</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>ELIZIÁRIO DE OLIVEIRA NERY, ANTÔNIO LÁZARO DA FONSECA, EDÉZIO VIEIRA SANTANA, FREDERICO MACHADO DA SILVA, GERALDO ALVES FERREIRA, IRANDIR FERREIRA DE ALMEIDA, JOSÉ CÂNDIDO DOS REIS, LUIS ALBERTO RODRIGUES CUNHA</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1993/320/pedidoprovidencia_n._09-1993.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1993/320/pedidoprovidencia_n._09-1993.pdf</t>
   </si>
   <si>
     <t>Restauração das estradas que compreendem as fazendas dos proprietários: Evaristo, Bani, João Pereira, José Pereira, Chicão, Zé Brasil, Erci, Darci e Jovino.</t>
   </si>
   <si>
     <t>321</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>LUIS ALBERTO RODRIGUES CUNHA</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1993/321/pedidoprovidencia_n._10-1993.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1993/321/pedidoprovidencia_n._10-1993.pdf</t>
   </si>
   <si>
     <t>Construção de 02 (dois) trevos na rodovia BR 153 Belém-Brasília dando acesso ao setor sul e ao setor norte da cidade à rodovia.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -525,68 +525,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1993/309/pedidoprovidencia_n._01-1993.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1993/312/pedidoprovidencia_n._02-1993.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1993/314/pedidoprovidencia_n._03-1993.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1993/315/pedidoprovidencia_n._04-1993.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1993/316/pedidoprovidencia_n._05-1993.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1993/317/pedidoprovidencia_n._06-1993.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1993/318/pedidoprovidencia_n._07-1993.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1993/319/pedidoprovidencia_n._08-1993.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1993/320/pedidoprovidencia_n._09-1993.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1993/321/pedidoprovidencia_n._10-1993.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1993/309/pedidoprovidencia_n._01-1993.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1993/312/pedidoprovidencia_n._02-1993.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1993/314/pedidoprovidencia_n._03-1993.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1993/315/pedidoprovidencia_n._04-1993.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1993/316/pedidoprovidencia_n._05-1993.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1993/317/pedidoprovidencia_n._06-1993.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1993/318/pedidoprovidencia_n._07-1993.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1993/319/pedidoprovidencia_n._08-1993.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1993/320/pedidoprovidencia_n._09-1993.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1993/321/pedidoprovidencia_n._10-1993.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H11"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="216" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="104.42578125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="103.5703125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="136.85546875" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>