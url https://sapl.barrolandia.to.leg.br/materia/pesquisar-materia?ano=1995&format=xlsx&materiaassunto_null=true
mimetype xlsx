--- v0 (2025-10-26)
+++ v1 (2026-03-24)
@@ -54,417 +54,417 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
     <t>1995</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>LUIS ALBERTO RODRIGUES CUNHA, ANTÔNIO LÁZARO DA FONSECA, ELIZIÁRIO DE OLIVEIRA NERY, FREDERICO MACHADO DA SILVA, IRANDIR FERREIRA DE ALMEIDA, RAIMUNDO ROCHA ROLIM NETO</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1995/79/indicacao_n._01-1995.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1995/79/indicacao_n._01-1995.pdf</t>
   </si>
   <si>
     <t>Criação de um projeto Estadualizando a rodovia que liga o Porto da Balsa em Palmas com o distrito de Monte Santo no município de Divinópolis passando pelo Corrégo SAnta Luzia e por Barrolândia.</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1995/80/indicacao_n._02-1995.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1995/80/indicacao_n._02-1995.pdf</t>
   </si>
   <si>
     <t>Construção de uma quadra de esporte no setor sul.</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1995/81/indicacao_n._03-1995.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1995/81/indicacao_n._03-1995.pdf</t>
   </si>
   <si>
     <t>Terraplanagem tampando a caixa de empréstimo na lateral esquerda da Av. Bernardo Sayão ao sul da cidade.</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1995/82/indicacao_n._04-1995.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1995/82/indicacao_n._04-1995.pdf</t>
   </si>
   <si>
     <t>Liberação de 50 (cinquenta) ligações gratuitas de água para pessoas carentes.</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>LUIS ALBERTO RODRIGUES CUNHA, ANTÔNIO LÁZARO DA FONSECA, ELIZIÁRIO DE OLIVEIRA NERY, FREDERICO MACHADO DA SILVA, GERALDO ALVES FERREIRA, IRANDIR FERREIRA DE ALMEIDA</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1995/83/indicacao_n._05-1995.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1995/83/indicacao_n._05-1995.pdf</t>
   </si>
   <si>
     <t>Liberação de 50 (cinquenta) ligações gratuitas de água para o Setor Vila Nova.</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1995/84/indicacao_n._06-1995.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1995/84/indicacao_n._06-1995.pdf</t>
   </si>
   <si>
     <t>Construção de uma quadra de esportes no Setor Vila Nova.</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>LUIS ALBERTO RODRIGUES CUNHA, ELIZIÁRIO DE OLIVEIRA NERY</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1995/85/indicacao_n._07-1995.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1995/85/indicacao_n._07-1995.pdf</t>
   </si>
   <si>
     <t>Iluminação (refletores) na quadra do Colégio Estadual Presidente Tancredo Neves.</t>
   </si>
   <si>
     <t>325</t>
   </si>
   <si>
     <t>PP</t>
   </si>
   <si>
     <t>Pedido de Providência</t>
   </si>
   <si>
     <t>LUIS ALBERTO RODRIGUES CUNHA, ANTÔNIO LÁZARO DA FONSECA, ELIZIÁRIO DE OLIVEIRA NERY, FREDERICO MACHADO DA SILVA, GERALDO MARINHO DOS REIS, IRANDIR FERREIRA DE ALMEIDA, JOSÉ CÂNDIDO DOS REIS, RAIMUNDO ROCHA ROLIM NETO</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1995/325/pedidoprovidencia_n._01-1995.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1995/325/pedidoprovidencia_n._01-1995.pdf</t>
   </si>
   <si>
     <t>Realização de reforma nos banheiros do Colégio Presidente Costa e Silva.</t>
   </si>
   <si>
     <t>326</t>
   </si>
   <si>
     <t>LUIS ALBERTO RODRIGUES CUNHA, ANTÔNIO LÁZARO DA FONSECA, ELIZIÁRIO DE OLIVEIRA NERY, FREDERICO MACHADO DA SILVA, GERALDO MARINHO DOS REIS, IRANDIR FERREIRA DE ALMEIDA, JOSÉ CÂNDIDO DOS REIS</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1995/326/pedidoprovidencia_n._02-1995_17.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1995/326/pedidoprovidencia_n._02-1995_17.pdf</t>
   </si>
   <si>
     <t>Realização de reforma geral no Colégio Municipal Jânuaria Marinho, na região da Serrinha.</t>
   </si>
   <si>
     <t>327</t>
   </si>
   <si>
     <t>ELIZIÁRIO DE OLIVEIRA NERY, ANTÔNIO LÁZARO DA FONSECA, FREDERICO MACHADO DA SILVA, IRANDIR FERREIRA DE ALMEIDA, LUIS ALBERTO RODRIGUES CUNHA</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1995/327/pedidoprovidencia_n._03-1995_16.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1995/327/pedidoprovidencia_n._03-1995_16.pdf</t>
   </si>
   <si>
     <t>Realização de terraplanagem entre a Av. JK e a BR 153 ao sul da cidade.</t>
   </si>
   <si>
     <t>328</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1995/328/pedidoprovidencia_n._04-1995_15.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1995/328/pedidoprovidencia_n._04-1995_15.pdf</t>
   </si>
   <si>
     <t>Recuperação da estrada da fazenda do Sr. Oliveira Bruno.</t>
   </si>
   <si>
     <t>329</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1995/329/pedidoprovidencia_n._05-1995_14.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1995/329/pedidoprovidencia_n._05-1995_14.pdf</t>
   </si>
   <si>
     <t>Construção de uma ponte na propriedade do Sr. Florentino, na região das Araras.</t>
   </si>
   <si>
     <t>330</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1995/330/pedidoprovidencia_n._06-1995_13.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1995/330/pedidoprovidencia_n._06-1995_13.pdf</t>
   </si>
   <si>
     <t>Iluminação e reposição de lâmpadas entre Av. Bernardo Sayão e Av. JK, a partir da Rua Piauí, ao sul da cidade.</t>
   </si>
   <si>
     <t>331</t>
   </si>
   <si>
     <t>ELIZIÁRIO DE OLIVEIRA NERY, ANTÔNIO LÁZARO DA FONSECA, FREDERICO MACHADO DA SILVA, GERALDO ALVES FERREIRA, IRANDIR FERREIRA DE ALMEIDA, LUIS ALBERTO RODRIGUES CUNHA</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1995/331/pedidoprovidencia_n._07-1995_12.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1995/331/pedidoprovidencia_n._07-1995_12.pdf</t>
   </si>
   <si>
     <t>Restauração de todas as estradas do município.</t>
   </si>
   <si>
     <t>332</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1995/332/pedidoprovidencia_n._08-1995_11.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1995/332/pedidoprovidencia_n._08-1995_11.pdf</t>
   </si>
   <si>
     <t>Concerto da ponte do rio providência, na fazenda do Sr. José Gabriel.</t>
   </si>
   <si>
     <t>333</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1995/333/pedidoprovidencia_n._09-1995_10.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1995/333/pedidoprovidencia_n._09-1995_10.pdf</t>
   </si>
   <si>
     <t>Realização de reparo na iluminação pública.</t>
   </si>
   <si>
     <t>334</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>ANTÔNIO LÁZARO DA FONSECA, ELIZIÁRIO DE OLIVEIRA NERY, FREDERICO MACHADO DA SILVA, IRANDIR FERREIRA DE ALMEIDA, LUIS ALBERTO RODRIGUES CUNHA</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1995/334/pedidoprovidencia_n._10-1995_9.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1995/334/pedidoprovidencia_n._10-1995_9.pdf</t>
   </si>
   <si>
     <t>Restauração da placa do PACEM situada à Av. JK em frente ao Posto Telefônico.</t>
   </si>
   <si>
     <t>335</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1995/335/pedidoprovidencia_n._11-1995_8.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1995/335/pedidoprovidencia_n._11-1995_8.pdf</t>
   </si>
   <si>
     <t>Restauração das colunas da Feira Coberta.</t>
   </si>
   <si>
     <t>336</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1995/336/pedidoprovidencia_n._12-1995_7.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1995/336/pedidoprovidencia_n._12-1995_7.pdf</t>
   </si>
   <si>
     <t>Realização da reforma da quadra de esportes do Colégio Costa e Silva.</t>
   </si>
   <si>
     <t>337</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
     <t>LUIS ALBERTO RODRIGUES CUNHA, ELIZIÁRIO DE OLIVEIRA NERY, FREDERICO MACHADO DA SILVA</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1995/337/pedidoprovidencia_n._13-1995_6.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1995/337/pedidoprovidencia_n._13-1995_6.pdf</t>
   </si>
   <si>
     <t>Recuperação da estrada que liga o Campo da Arara à pista Paraíso a Divinópolis.</t>
   </si>
   <si>
     <t>338</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1995/338/pedidoprovidencia_n._14-1995_5.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1995/338/pedidoprovidencia_n._14-1995_5.pdf</t>
   </si>
   <si>
     <t>Recuperação da estrada que liga a fazenda do Sr. João Ribeiro até a fazenda do Sr. Brígido.</t>
   </si>
   <si>
     <t>339</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1995/339/pedidoprovidencia_n._15-1995_4.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1995/339/pedidoprovidencia_n._15-1995_4.pdf</t>
   </si>
   <si>
     <t>Recuperação das estradas existentes na estrada de que se trata o Pedido de Providência n° 13/1995.</t>
   </si>
   <si>
     <t>340</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1995/340/pedidoprovidencia_n._16-1995_3.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1995/340/pedidoprovidencia_n._16-1995_3.pdf</t>
   </si>
   <si>
     <t>Recuperação da estrada que liga Arara até a Fazenda do Sr. Lourentino.</t>
   </si>
   <si>
     <t>341</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1995/341/pedidoprovidencia_n._17-1995_2.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1995/341/pedidoprovidencia_n._17-1995_2.pdf</t>
   </si>
   <si>
     <t>Restauração da estrada que liga a rodovia Barrolândia a Monte Santo a Fazenda do Sr. João Ribeiro.</t>
   </si>
   <si>
     <t>342</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
     <t>ELIZIÁRIO DE OLIVEIRA NERY, ANTÔNIO LÁZARO DA FONSECA, FREDERICO MACHADO DA SILVA, GERALDO ALVES FERREIRA, IRANDIR FERREIRA DE ALMEIDA</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1995/342/pedidoprovidencia_n._19-1995_1.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1995/342/pedidoprovidencia_n._19-1995_1.pdf</t>
   </si>
   <si>
     <t>Concerto da Torre de Televisão para que transmita o sinal da Globo.</t>
   </si>
   <si>
     <t>184</t>
   </si>
   <si>
     <t>MCP</t>
   </si>
   <si>
     <t>Moção de Pesar</t>
   </si>
   <si>
     <t>LUIS ALBERTO RODRIGUES CUNHA, ANTÔNIO LÁZARO DA FONSECA, ELIZIÁRIO DE OLIVEIRA NERY, FREDERICO MACHADO DA SILVA</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1995/184/mocao_n._01-1995_1.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1995/184/mocao_n._01-1995_1.pdf</t>
   </si>
   <si>
     <t>Voto de pesar à família do Sr. Mundico Dourado, que faleceu em 01/04/1995.</t>
   </si>
   <si>
     <t>185</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1995/185/mocao_n._02-1995_2.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1995/185/mocao_n._02-1995_2.pdf</t>
   </si>
   <si>
     <t>Voto de pesar à família do Sr. Francisco Arruda, que faleceu dia 05/06/1995.</t>
   </si>
   <si>
     <t>186</t>
   </si>
   <si>
     <t>ELIZIÁRIO DE OLIVEIRA NERY, ANTÔNIO LÁZARO DA FONSECA, FREDERICO MACHADO DA SILVA, LUIS ALBERTO RODRIGUES CUNHA</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1995/186/mocao_n._03-1995_3.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1995/186/mocao_n._03-1995_3.pdf</t>
   </si>
   <si>
     <t>Voto de pesar à família do Sr. Antonio Moreira dos Santos, que faleceu em 04/08/1995.</t>
   </si>
   <si>
     <t>187</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1995/187/mocao_n._04-1995_4.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1995/187/mocao_n._04-1995_4.pdf</t>
   </si>
   <si>
     <t>Voto de pesar à família do Sr. Antonio Almeida de Melo, que faleceu em 04/10/1995.</t>
   </si>
   <si>
     <t>188</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1995/188/mocao_n._05-1995_5.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1995/188/mocao_n._05-1995_5.pdf</t>
   </si>
   <si>
     <t>Voto de pesar à família da Sra. Adelaíde Araújo de Sousa, que faleceu dia 10/10/1995.</t>
   </si>
   <si>
     <t>189</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1995/189/mocao_n._06-1995_6.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1995/189/mocao_n._06-1995_6.pdf</t>
   </si>
   <si>
     <t>Voto de pesar à família do Sr. Inácio Augusto Lins, que faleceu dia 04/11/1995.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -771,68 +771,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1995/79/indicacao_n._01-1995.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1995/80/indicacao_n._02-1995.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1995/81/indicacao_n._03-1995.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1995/82/indicacao_n._04-1995.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1995/83/indicacao_n._05-1995.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1995/84/indicacao_n._06-1995.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1995/85/indicacao_n._07-1995.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1995/325/pedidoprovidencia_n._01-1995.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1995/326/pedidoprovidencia_n._02-1995_17.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1995/327/pedidoprovidencia_n._03-1995_16.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1995/328/pedidoprovidencia_n._04-1995_15.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1995/329/pedidoprovidencia_n._05-1995_14.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1995/330/pedidoprovidencia_n._06-1995_13.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1995/331/pedidoprovidencia_n._07-1995_12.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1995/332/pedidoprovidencia_n._08-1995_11.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1995/333/pedidoprovidencia_n._09-1995_10.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1995/334/pedidoprovidencia_n._10-1995_9.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1995/335/pedidoprovidencia_n._11-1995_8.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1995/336/pedidoprovidencia_n._12-1995_7.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1995/337/pedidoprovidencia_n._13-1995_6.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1995/338/pedidoprovidencia_n._14-1995_5.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1995/339/pedidoprovidencia_n._15-1995_4.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1995/340/pedidoprovidencia_n._16-1995_3.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1995/341/pedidoprovidencia_n._17-1995_2.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1995/342/pedidoprovidencia_n._19-1995_1.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1995/184/mocao_n._01-1995_1.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1995/185/mocao_n._02-1995_2.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1995/186/mocao_n._03-1995_3.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1995/187/mocao_n._04-1995_4.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1995/188/mocao_n._05-1995_5.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1995/189/mocao_n._06-1995_6.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1995/79/indicacao_n._01-1995.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1995/80/indicacao_n._02-1995.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1995/81/indicacao_n._03-1995.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1995/82/indicacao_n._04-1995.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1995/83/indicacao_n._05-1995.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1995/84/indicacao_n._06-1995.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1995/85/indicacao_n._07-1995.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1995/325/pedidoprovidencia_n._01-1995.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1995/326/pedidoprovidencia_n._02-1995_17.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1995/327/pedidoprovidencia_n._03-1995_16.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1995/328/pedidoprovidencia_n._04-1995_15.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1995/329/pedidoprovidencia_n._05-1995_14.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1995/330/pedidoprovidencia_n._06-1995_13.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1995/331/pedidoprovidencia_n._07-1995_12.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1995/332/pedidoprovidencia_n._08-1995_11.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1995/333/pedidoprovidencia_n._09-1995_10.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1995/334/pedidoprovidencia_n._10-1995_9.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1995/335/pedidoprovidencia_n._11-1995_8.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1995/336/pedidoprovidencia_n._12-1995_7.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1995/337/pedidoprovidencia_n._13-1995_6.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1995/338/pedidoprovidencia_n._14-1995_5.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1995/339/pedidoprovidencia_n._15-1995_4.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1995/340/pedidoprovidencia_n._16-1995_3.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1995/341/pedidoprovidencia_n._17-1995_2.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1995/342/pedidoprovidencia_n._19-1995_1.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1995/184/mocao_n._01-1995_1.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1995/185/mocao_n._02-1995_2.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1995/186/mocao_n._03-1995_3.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1995/187/mocao_n._04-1995_4.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1995/188/mocao_n._05-1995_5.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1995/189/mocao_n._06-1995_6.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H32"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="220" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="107.42578125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="106.5703125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="175" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>