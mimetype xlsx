--- v0 (2025-10-26)
+++ v1 (2026-03-21)
@@ -54,411 +54,411 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
     <t>1997</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>ROMILDO CORREIA, ARY RODRIGUES, ELIZIÁRIO DE OLIVEIRA NERY, GERALDO ALVES FERREIRA, JOÃO FERREIRA FILHO, LUIS ALBERTO RODRIGUES CUNHA, MANOEL DE JESUS GOMES DE SOUSA, SABINO GOMES DA SILVA NETO</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1997/90/indicacao_n._01-1997.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1997/90/indicacao_n._01-1997.pdf</t>
   </si>
   <si>
     <t>Construção de uma Quadra de Esportes na Escola Estadual Paulina Câmara e reforma na Quadra de Esportes da Escola Estadual Costa e Silva.</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>ELIZIÁRIO DE OLIVEIRA NERY, GERALDO ALVES FERREIRA, JOÃO FERREIRA FILHO, LUIS ALBERTO RODRIGUES CUNHA, MANOEL DE JESUS GOMES DE SOUSA, ROMILDO CORREIA, SABINO GOMES DA SILVA NETO</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1997/91/indicacao_n._02-1997.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1997/91/indicacao_n._02-1997.pdf</t>
   </si>
   <si>
     <t>Implantação de uma Escola Agrícola</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1997/92/indicacao_n._03-1997.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1997/92/indicacao_n._03-1997.pdf</t>
   </si>
   <si>
     <t>Aquisição dos projetos de aterro sanitário e matadouro municipal.</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>JAMES DE OLIVEIRA LAGES, ARY RODRIGUES, ELIZIÁRIO DE OLIVEIRA NERY, GERALDO ALVES FERREIRA, JOÃO FERREIRA FILHO, LUIS ALBERTO RODRIGUES CUNHA, MANOEL DE JESUS GOMES DE SOUSA, ROMILDO CORREIA</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1997/93/indicacao_n._04-1997.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1997/93/indicacao_n._04-1997.pdf</t>
   </si>
   <si>
     <t>Bolsa de estudo e/ou transporte para os estudantes que cursam o 3° grau na cidade de Paraíso do Tocantins/TO.</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1997/94/indicacao_n._05-1997.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1997/94/indicacao_n._05-1997.pdf</t>
   </si>
   <si>
     <t>Aquisição de 160 manilhas 80x60 para reforma de estradas.</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>JAMES DE OLIVEIRA LAGES, ELIZIÁRIO DE OLIVEIRA NERY, GERALDO ALVES FERREIRA, LUIS ALBERTO RODRIGUES CUNHA, ROMILDO CORREIA, SABINO GOMES DA SILVA NETO</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1997/95/indicacao_n._06-1997.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1997/95/indicacao_n._06-1997.pdf</t>
   </si>
   <si>
     <t>Instalação de telefones públicos "orelhão" na porta da Prefeitura Municipal, Câmara Municipal, Delegacia de Polícia, Hospital Municipal e APAE.</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>ELIZIÁRIO DE OLIVEIRA NERY, GERALDO ALVES FERREIRA, JAMES DE OLIVEIRA LAGES, JOÃO FERREIRA FILHO, LUIS ALBERTO RODRIGUES CUNHA, MANOEL DE JESUS GOMES DE SOUSA, ROMILDO CORREIA, SABINO GOMES DA SILVA NETO</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1997/96/indicacao_n._07-1997.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1997/96/indicacao_n._07-1997.pdf</t>
   </si>
   <si>
     <t>Construção de uma estrada estadual ligando a cidade de Barrolândia a Usina Hidrelétrica de Lajeado</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>JAMES DE OLIVEIRA LAGES, ARY RODRIGUES, ELIZIÁRIO DE OLIVEIRA NERY, GERALDO ALVES FERREIRA, JOÃO FERREIRA FILHO, LUIS ALBERTO RODRIGUES CUNHA, MANOEL DE JESUS GOMES DE SOUSA, ROMILDO CORREIA, SABINO GOMES DA SILVA NETO</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1997/140/indicacao_n._08-1997_-_aqui.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1997/140/indicacao_n._08-1997_-_aqui.pdf</t>
   </si>
   <si>
     <t>Doação do imóvel situado na Av. Bernardo Sayão com a Rua São Paulo para construção da sede da Câmara Municipal.</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>ELIZIÁRIO DE OLIVEIRA NERY, ARY RODRIGUES, GERALDO ALVES FERREIRA, JOÃO FERREIRA FILHO, LUIS ALBERTO RODRIGUES CUNHA, MANOEL DE JESUS GOMES DE SOUSA, ROMILDO CORREIA, SABINO GOMES DA SILVA NETO</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1997/141/indicacao_n._09-1997.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1997/141/indicacao_n._09-1997.pdf</t>
   </si>
   <si>
     <t>Exame de habilitação para Carteiras Nacionais de Habilitação.</t>
   </si>
   <si>
     <t>142</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>JAMES DE OLIVEIRA LAGES, ARY RODRIGUES, ELIZIÁRIO DE OLIVEIRA NERY, GERALDO ALVES FERREIRA, JOÃO FERREIRA FILHO, LUIS ALBERTO RODRIGUES CUNHA, ROMILDO CORREIA, SABINO GOMES DA SILVA NETO</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1997/142/indicacao_n._10-1997.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1997/142/indicacao_n._10-1997.pdf</t>
   </si>
   <si>
     <t>Construção de um Ginásio Esportivo Municipal.</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
     <t>JAMES DE OLIVEIRA LAGES, ARY RODRIGUES, ELIZIÁRIO DE OLIVEIRA NERY, GERALDO ALVES FERREIRA, JOÃO FERREIRA FILHO, LUIS ALBERTO RODRIGUES CUNHA, SABINO GOMES DA SILVA NETO</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1997/143/indicacao_n._11-1997.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1997/143/indicacao_n._11-1997.pdf</t>
   </si>
   <si>
     <t>Construção de uma praça pública a ser construída à Rua Capitão Georgino.</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/</t>
   </si>
   <si>
     <t>Aquisição de aparelhos novos e regulagem dos existentes na torre repetidora de televisão.</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
     <t>JOÃO FERREIRA FILHO, ARY RODRIGUES, ELIZIÁRIO DE OLIVEIRA NERY, GERALDO ALVES FERREIRA, LUIS ALBERTO RODRIGUES CUNHA, MANOEL DE JESUS GOMES DE SOUSA, ROMILDO CORREIA, SABINO GOMES DA SILVA NETO</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1997/145/indicacao_n.13-1997.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1997/145/indicacao_n.13-1997.pdf</t>
   </si>
   <si>
     <t>Plantio de pés de coqueiros da praia entre a rua JK e a Belem-Brasilia.</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
     <t>ARY RODRIGUES, ELIZIÁRIO DE OLIVEIRA NERY, JOÃO FERREIRA FILHO, LUIS ALBERTO RODRIGUES CUNHA, MANOEL DE JESUS GOMES DE SOUSA, ROMILDO CORREIA, SABINO GOMES DA SILVA NETO</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1997/146/indicacao_n.14-1997.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1997/146/indicacao_n.14-1997.pdf</t>
   </si>
   <si>
     <t>Doação de terreno para construção de alojamento para a igreja Assembleia de Deus</t>
   </si>
   <si>
     <t>192</t>
   </si>
   <si>
     <t>MCP</t>
   </si>
   <si>
     <t>Moção de Pesar</t>
   </si>
   <si>
     <t>LUIS ALBERTO RODRIGUES CUNHA, ARY RODRIGUES, ELIZIÁRIO DE OLIVEIRA NERY, GERALDO ALVES FERREIRA, JOÃO FERREIRA FILHO, MANOEL DE JESUS GOMES DE SOUSA, ROMILDO CORREIA, SABINO GOMES DA SILVA NETO</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1997/192/mocao_n._01-1997_1.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1997/192/mocao_n._01-1997_1.pdf</t>
   </si>
   <si>
     <t>Votos de pesar à família da Sra. Maria Barros Sobral, falecida em 18/02/1997.</t>
   </si>
   <si>
     <t>194</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1997/194/mocao_n._02-1997_2.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1997/194/mocao_n._02-1997_2.pdf</t>
   </si>
   <si>
     <t>Votos de pesar à família de dona Corina, falecida em 19/02/1997.</t>
   </si>
   <si>
     <t>196</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1997/196/mocao_n._03-1997_3.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1997/196/mocao_n._03-1997_3.pdf</t>
   </si>
   <si>
     <t>Voto de pesar à família do Sr. Alziro, falecido em 17/02/1997.</t>
   </si>
   <si>
     <t>198</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1997/198/mocao_n._04-1997_4.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1997/198/mocao_n._04-1997_4.pdf</t>
   </si>
   <si>
     <t>Votos de pesar à família do Sr. João Francisco de Araújo, falecido em 20/03/1997.</t>
   </si>
   <si>
     <t>201</t>
   </si>
   <si>
     <t>JOÃO FERREIRA FILHO, ELIZIÁRIO DE OLIVEIRA NERY, LUIS ALBERTO RODRIGUES CUNHA, MANOEL DE JESUS GOMES DE SOUSA, ROMILDO CORREIA</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1997/201/mocao_n._05-1997_5.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1997/201/mocao_n._05-1997_5.pdf</t>
   </si>
   <si>
     <t>Votos de pesar à família da Sra. Antônia Pereira Freitas, falecida em 13/04/1997.</t>
   </si>
   <si>
     <t>202</t>
   </si>
   <si>
     <t>JOÃO FERREIRA FILHO, ARY RODRIGUES, GERALDO ALVES FERREIRA, JAMES DE OLIVEIRA LAGES, LUIS ALBERTO RODRIGUES CUNHA, ROMILDO CORREIA, SABINO GOMES DA SILVA NETO</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1997/202/mocao_n._06-1997_-_4.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1997/202/mocao_n._06-1997_-_4.pdf</t>
   </si>
   <si>
     <t>Votos de pesar à família do Sr. Manoel Dias Pereira, falecido em 24/08/1997.</t>
   </si>
   <si>
     <t>203</t>
   </si>
   <si>
     <t>JOÃO FERREIRA FILHO, ARY RODRIGUES, ELIZIÁRIO DE OLIVEIRA NERY, GERALDO ALVES FERREIRA, JAMES DE OLIVEIRA LAGES, LUIS ALBERTO RODRIGUES CUNHA, ROMILDO CORREIA, SABINO GOMES DA SILVA NETO</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1997/203/mocao_n._07-1997_-_3.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1997/203/mocao_n._07-1997_-_3.pdf</t>
   </si>
   <si>
     <t>Votos de pesar pelo falecimento da Sra. Jacira Uchôa Santos, falecida em 26/08/1997.</t>
   </si>
   <si>
     <t>204</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1997/204/mocao_n._08-1997_-_2.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1997/204/mocao_n._08-1997_-_2.pdf</t>
   </si>
   <si>
     <t>Votos de pesar pelo falecimento do menino Kaio Felipe Resplande, falecido em 22/11/1997.</t>
   </si>
   <si>
     <t>205</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1997/205/mocao_n._09-1997_-_1.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1997/205/mocao_n._09-1997_-_1.pdf</t>
   </si>
   <si>
     <t>Votos de pesar pelo falecimento da jovem Sandra, falecida em 26/11/1997.</t>
   </si>
   <si>
     <t>197</t>
   </si>
   <si>
     <t>0</t>
   </si>
   <si>
     <t>MCA</t>
   </si>
   <si>
     <t>Moção de Aplausos</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1997/197/mocao_n._03-1997.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1997/197/mocao_n._03-1997.pdf</t>
   </si>
   <si>
     <t>Votos de congratulação ao Sr. José Emerson Cavalcante Gomes, veterinário da cidade.</t>
   </si>
   <si>
     <t>191</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1997/191/mocao_n._01-1997_-_12.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1997/191/mocao_n._01-1997_-_12.pdf</t>
   </si>
   <si>
     <t>Voto de congratulações ao Sr. Cabo Pereira MP, comandante do destacamento da polícia militar do município.</t>
   </si>
   <si>
     <t>193</t>
   </si>
   <si>
     <t>ELIZIÁRIO DE OLIVEIRA NERY, ROMILDO CORREIA</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1997/193/mocao_n._02-1997_-_11.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1997/193/mocao_n._02-1997_-_11.pdf</t>
   </si>
   <si>
     <t>Voto de congratulações à família Nogueira de Miranorte/TO.</t>
   </si>
   <si>
     <t>195</t>
   </si>
   <si>
     <t>JOÃO FERREIRA FILHO, ARY RODRIGUES, ELIZIÁRIO DE OLIVEIRA NERY, GERALDO ALVES FERREIRA, JAMES DE OLIVEIRA LAGES, LUIS ALBERTO RODRIGUES CUNHA, MANOEL DE JESUS GOMES DE SOUSA, ROMILDO CORREIA, SABINO GOMES DA SILVA NETO</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1997/195/mocao_n._03-1997_-_8.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1997/195/mocao_n._03-1997_-_8.pdf</t>
   </si>
   <si>
     <t>Voto de congratulações ao Deputado Federal Expedito Junior pelo lançamento do Projeto de Lei complementar n° 81/96.</t>
   </si>
   <si>
     <t>199</t>
   </si>
   <si>
     <t>MANOEL DE JESUS GOMES DE SOUSA, ARY RODRIGUES, ELIZIÁRIO DE OLIVEIRA NERY, JAMES DE OLIVEIRA LAGES, JOÃO FERREIRA FILHO</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1997/199/mocao_n._04-1997.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1997/199/mocao_n._04-1997.pdf</t>
   </si>
   <si>
     <t>Voto de congratulações e apoio ao Dr. Neirton José de Almeida pelos serviços prestados.</t>
   </si>
   <si>
     <t>200</t>
   </si>
   <si>
     <t>JAMES DE OLIVEIRA LAGES, ELIZIÁRIO DE OLIVEIRA NERY, GERALDO ALVES FERREIRA, JOÃO FERREIRA FILHO, LUIS ALBERTO RODRIGUES CUNHA, MANOEL DE JESUS GOMES DE SOUSA</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1997/200/mocao_n._05-1997_-_5.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1997/200/mocao_n._05-1997_-_5.pdf</t>
   </si>
   <si>
     <t>Voto de congratulações ao jovem Marcelo Martins Carvalho por seu ato de coragem e solidariedade.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -765,68 +765,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1997/90/indicacao_n._01-1997.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1997/91/indicacao_n._02-1997.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1997/92/indicacao_n._03-1997.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1997/93/indicacao_n._04-1997.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1997/94/indicacao_n._05-1997.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1997/95/indicacao_n._06-1997.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1997/96/indicacao_n._07-1997.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1997/140/indicacao_n._08-1997_-_aqui.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1997/141/indicacao_n._09-1997.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1997/142/indicacao_n._10-1997.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1997/143/indicacao_n._11-1997.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1997/145/indicacao_n.13-1997.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1997/146/indicacao_n.14-1997.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1997/192/mocao_n._01-1997_1.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1997/194/mocao_n._02-1997_2.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1997/196/mocao_n._03-1997_3.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1997/198/mocao_n._04-1997_4.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1997/201/mocao_n._05-1997_5.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1997/202/mocao_n._06-1997_-_4.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1997/203/mocao_n._07-1997_-_3.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1997/204/mocao_n._08-1997_-_2.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1997/205/mocao_n._09-1997_-_1.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1997/197/mocao_n._03-1997.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1997/191/mocao_n._01-1997_-_12.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1997/193/mocao_n._02-1997_-_11.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1997/195/mocao_n._03-1997_-_8.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1997/199/mocao_n._04-1997.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1997/200/mocao_n._05-1997_-_5.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1997/90/indicacao_n._01-1997.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1997/91/indicacao_n._02-1997.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1997/92/indicacao_n._03-1997.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1997/93/indicacao_n._04-1997.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1997/94/indicacao_n._05-1997.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1997/95/indicacao_n._06-1997.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1997/96/indicacao_n._07-1997.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1997/140/indicacao_n._08-1997_-_aqui.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1997/141/indicacao_n._09-1997.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1997/142/indicacao_n._10-1997.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1997/143/indicacao_n._11-1997.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1997/145/indicacao_n.13-1997.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1997/146/indicacao_n.14-1997.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1997/192/mocao_n._01-1997_1.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1997/194/mocao_n._02-1997_2.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1997/196/mocao_n._03-1997_3.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1997/198/mocao_n._04-1997_4.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1997/201/mocao_n._05-1997_5.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1997/202/mocao_n._06-1997_-_4.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1997/203/mocao_n._07-1997_-_3.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1997/204/mocao_n._08-1997_-_2.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1997/205/mocao_n._09-1997_-_1.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1997/197/mocao_n._03-1997.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1997/191/mocao_n._01-1997_-_12.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1997/193/mocao_n._02-1997_-_11.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1997/195/mocao_n._03-1997_-_8.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1997/199/mocao_n._04-1997.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1997/200/mocao_n._05-1997_-_5.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H30"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="217.5703125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="102.5703125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="101.7109375" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="128.5703125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>