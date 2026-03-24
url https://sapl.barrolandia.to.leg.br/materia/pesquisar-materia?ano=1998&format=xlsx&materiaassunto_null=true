--- v0 (2025-10-25)
+++ v1 (2026-03-24)
@@ -54,160 +54,160 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>1998</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>JAMES DE OLIVEIRA LAGES, ARY RODRIGUES, ELIZIÁRIO DE OLIVEIRA NERY, GERALDO ALVES FERREIRA, JOÃO FERREIRA FILHO, LUIS ALBERTO RODRIGUES CUNHA, MANOEL DE JESUS GOMES DE SOUSA, SABINO GOMES DA SILVA NETO</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1998/1/indicacao_10-1998.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1998/1/indicacao_10-1998.pdf</t>
   </si>
   <si>
     <t>REATIVAÇÃO DA SELEÇÃO MUNICIPAL._x000D_
 APROVADO EM 04/06/1998</t>
   </si>
   <si>
     <t>208</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>MCP</t>
   </si>
   <si>
     <t>Moção de Pesar</t>
   </si>
   <si>
     <t>MANOEL DE JESUS GOMES DE SOUSA, ARY RODRIGUES, ELIZIÁRIO DE OLIVEIRA NERY, GERALDO ALVES FERREIRA, JOÃO FERREIRA FILHO, LUIS ALBERTO RODRIGUES CUNHA, ROMILDO CORREIA, SABINO GOMES DA SILVA NETO</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1998/208/mocao_n._02-1998_5.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1998/208/mocao_n._02-1998_5.pdf</t>
   </si>
   <si>
     <t>Voos de pesar à família da Sra. Maria Egídia Silva Figueiredo, falecida em 29/04/1998.</t>
   </si>
   <si>
     <t>209</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1998/209/mocao_n._03-1998_4.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1998/209/mocao_n._03-1998_4.pdf</t>
   </si>
   <si>
     <t>Votos de pesar à família do Sr. João Carmo do Nascimento, falecido em 28/04/1998.</t>
   </si>
   <si>
     <t>210</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>JOÃO FERREIRA FILHO, ARY RODRIGUES, GERALDO ALVES FERREIRA, MANOEL DE JESUS GOMES DE SOUSA, ROMILDO CORREIA, SABINO GOMES DA SILVA NETO</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1998/210/mocao_n._04-1998_3.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1998/210/mocao_n._04-1998_3.pdf</t>
   </si>
   <si>
     <t>Votos de pesar à família do Sr. Demerval de Sousa Alves, falecido em 30/08/1998.</t>
   </si>
   <si>
     <t>211</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>ELIZIÁRIO DE OLIVEIRA NERY, GERALDO ALVES FERREIRA, JOÃO FERREIRA FILHO, LUIS ALBERTO RODRIGUES CUNHA, MANOEL DE JESUS GOMES DE SOUSA, ROMILDO CORREIA, SABINO GOMES DA SILVA NETO</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1998/211/mocao_n._05-1998_2.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1998/211/mocao_n._05-1998_2.pdf</t>
   </si>
   <si>
     <t>Votos de pesar à família da Sra. Josia Maria de Jesus, falecida em 01/10/1998.</t>
   </si>
   <si>
     <t>212</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>JAMES DE OLIVEIRA LAGES, ARY RODRIGUES, ELIZIÁRIO DE OLIVEIRA NERY, GERALDO ALVES FERREIRA, MANOEL DE JESUS GOMES DE SOUSA, SABINO GOMES DA SILVA NETO</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1998/212/mocao_n._06-1998_1.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1998/212/mocao_n._06-1998_1.pdf</t>
   </si>
   <si>
     <t>Votos de pesar à família do Sr. Wander José da Silva, falecido em 01/12/1998.</t>
   </si>
   <si>
     <t>206</t>
   </si>
   <si>
     <t>MCA</t>
   </si>
   <si>
     <t>Moção de Aplausos</t>
   </si>
   <si>
     <t>LUIS ALBERTO RODRIGUES CUNHA, ARY RODRIGUES, GERALDO ALVES FERREIRA, JOÃO FERREIRA FILHO, MANOEL DE JESUS GOMES DE SOUSA, ROMILDO CORREIA, SABINO GOMES DA SILVA NETO</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1998/206/mocao_n._01-1998_--_1.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1998/206/mocao_n._01-1998_--_1.pdf</t>
   </si>
   <si>
     <t>Votos de reconhecimento e de honra ao mérito aos atletas de voleibol do Colégio Estadual Presidente Tancredo Neves.</t>
   </si>
   <si>
     <t>207</t>
   </si>
   <si>
     <t>ELIZIÁRIO DE OLIVEIRA NERY, ARY RODRIGUES, GERALDO ALVES FERREIRA, JOÃO FERREIRA FILHO, LUIS ALBERTO RODRIGUES CUNHA, MANOEL DE JESUS GOMES DE SOUSA, ROMILDO CORREIA, SABINO GOMES DA SILVA NETO</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1998/207/mocao_n._02-1998_---.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1998/207/mocao_n._02-1998_---.pdf</t>
   </si>
   <si>
     <t>Votos de aplausos ao Exmo. Prefeito de Palmas, Sr. Odir Rocha, pela entrevista concedida ao Jornal do Tocantins.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -514,68 +514,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1998/1/indicacao_10-1998.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1998/208/mocao_n._02-1998_5.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1998/209/mocao_n._03-1998_4.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1998/210/mocao_n._04-1998_3.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1998/211/mocao_n._05-1998_2.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1998/212/mocao_n._06-1998_1.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1998/206/mocao_n._01-1998_--_1.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1998/207/mocao_n._02-1998_---.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1998/1/indicacao_10-1998.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1998/208/mocao_n._02-1998_5.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1998/209/mocao_n._03-1998_4.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1998/210/mocao_n._04-1998_3.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1998/211/mocao_n._05-1998_2.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1998/212/mocao_n._06-1998_1.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1998/206/mocao_n._01-1998_--_1.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/1998/207/mocao_n._02-1998_---.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H9"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="200" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="98" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="97.140625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="106" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>