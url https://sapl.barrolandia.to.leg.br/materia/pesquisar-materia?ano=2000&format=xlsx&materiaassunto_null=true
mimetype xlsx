--- v0 (2025-10-25)
+++ v1 (2026-03-24)
@@ -54,345 +54,345 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>147</t>
   </si>
   <si>
     <t>2000</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>ELIZIÁRIO DE OLIVEIRA NERY, ARY RODRIGUES, GERALDO ALVES FERREIRA, JAMES DE OLIVEIRA LAGES, JOÃO FERREIRA FILHO, LUIS ALBERTO RODRIGUES CUNHA, MANOEL DE JESUS GOMES DE SOUSA, SABINO GOMES DA SILVA NETO</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2000/147/indicacao_n._01-2000.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2000/147/indicacao_n._01-2000.pdf</t>
   </si>
   <si>
     <t>Reconstrução da estrada que liga o Porto da Balsa à Barrolândia.</t>
   </si>
   <si>
     <t>148</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2000/148/indicacao_n._02-2000_2.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2000/148/indicacao_n._02-2000_2.pdf</t>
   </si>
   <si>
     <t>Construção de uma Escola Agrícola para o município.</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2000/149/indicacao_n._03-2000_3.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2000/149/indicacao_n._03-2000_3.pdf</t>
   </si>
   <si>
     <t>Construção do Mercado Municipal</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>ELIZIÁRIO DE OLIVEIRA NERY, ARY RODRIGUES, JAMES DE OLIVEIRA LAGES, JOÃO FERREIRA FILHO, MANOEL DE JESUS GOMES DE SOUSA</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2000/150/indicacao_n._04-2000_4.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2000/150/indicacao_n._04-2000_4.pdf</t>
   </si>
   <si>
     <t>Verificação da legislação brasileira quanto aos vasilhames de vidro descartáveis.</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2000/151/indicacao_n._05-2000_5.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2000/151/indicacao_n._05-2000_5.pdf</t>
   </si>
   <si>
     <t>Rigidez do policiamento no período do Carnaval.</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2000/152/indicacao_n._06-2000_6.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2000/152/indicacao_n._06-2000_6.pdf</t>
   </si>
   <si>
     <t>Construção de um matadouro.</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2000/153/indicacao_n._07-2000.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2000/153/indicacao_n._07-2000.pdf</t>
   </si>
   <si>
     <t>Construção de 02 (dois) mata-burros na passagem da represa das cutias.</t>
   </si>
   <si>
     <t>154</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>ROMILDO CORREIA, ELIZIÁRIO DE OLIVEIRA NERY, GERALDO ALVES FERREIRA, JOÃO FERREIRA FILHO, LUIS ALBERTO RODRIGUES CUNHA</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2000/154/indicacao_n._008-2000.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2000/154/indicacao_n._008-2000.pdf</t>
   </si>
   <si>
     <t>Construção de arquibancadas, vestiário, portões e tela para cercar o gramado e um zelador do Estádio.</t>
   </si>
   <si>
     <t>155</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>ROMILDO CORREIA, ELIZIÁRIO DE OLIVEIRA NERY, JAMES DE OLIVEIRA LAGES, JOÃO FERREIRA FILHO</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2000/155/indicacao_n._009-2000.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2000/155/indicacao_n._009-2000.pdf</t>
   </si>
   <si>
     <t>Construção de uma quadra de areia para voleybol e outra de areia para futebol.</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>ROMILDO CORREIA, ELIZIÁRIO DE OLIVEIRA NERY, GERALDO ALVES FERREIRA, JOÃO FERREIRA FILHO, MANOEL DE JESUS GOMES DE SOUSA, SABINO GOMES DA SILVA NETO</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2000/156/indicacao_n._010-2000.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2000/156/indicacao_n._010-2000.pdf</t>
   </si>
   <si>
     <t>Reforma e ampliação na Delegacia de Polícia.</t>
   </si>
   <si>
     <t>157</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2000/157/indicacao_n._011-2000.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2000/157/indicacao_n._011-2000.pdf</t>
   </si>
   <si>
     <t>Reforma geral do Colégio Estadual Presidente Tancredo Neves e construção da quadra de esportes no mesmo.</t>
   </si>
   <si>
     <t>158</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>ROMILDO CORREIA, ARY RODRIGUES, ELIZIÁRIO DE OLIVEIRA NERY, GERALDO ALVES FERREIRA, SABINO GOMES DA SILVA NETO</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2000/158/indicacao_n._012-2000.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2000/158/indicacao_n._012-2000.pdf</t>
   </si>
   <si>
     <t>Instalação dos transformadores do Colégio Estadual Presidente Tancredo Neves e Escola Estadual Paulina Câmara.</t>
   </si>
   <si>
     <t>159</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
     <t>ROMILDO CORREIA, ARY RODRIGUES, ELIZIÁRIO DE OLIVEIRA NERY, GERALDO ALVES FERREIRA, LUIS ALBERTO RODRIGUES CUNHA, MANOEL DE JESUS GOMES DE SOUSA, SABINO GOMES DA SILVA NETO</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2000/159/indicacao_n._013-2000.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2000/159/indicacao_n._013-2000.pdf</t>
   </si>
   <si>
     <t>Inclusão do município no Programa de Construção de quadras públicas de esporte.</t>
   </si>
   <si>
     <t>160</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
     <t>ROMILDO CORREIA, ELIZIÁRIO DE OLIVEIRA NERY, GERALDO ALVES FERREIRA, JAMES DE OLIVEIRA LAGES, JOÃO FERREIRA FILHO, LUIS ALBERTO RODRIGUES CUNHA, MANOEL DE JESUS GOMES DE SOUSA, SABINO GOMES DA SILVA NETO</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2000/160/indicacao_n._014-2000.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2000/160/indicacao_n._014-2000.pdf</t>
   </si>
   <si>
     <t>Celebração de convênio com o Programa da Cidadania.</t>
   </si>
   <si>
     <t>161</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
     <t>ROMILDO CORREIA, ARY RODRIGUES, ELIZIÁRIO DE OLIVEIRA NERY, GERALDO ALVES FERREIRA, JAMES DE OLIVEIRA LAGES, JOÃO FERREIRA FILHO, LUIS ALBERTO RODRIGUES CUNHA, MANOEL DE JESUS GOMES DE SOUSA, SABINO GOMES DA SILVA NETO</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2000/161/indicacao_n._017-2000_4.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2000/161/indicacao_n._017-2000_4.pdf</t>
   </si>
   <si>
     <t>Reforma na TO 348 e construção de 02 (dois) bueiros na fazenda Barra do Dia.</t>
   </si>
   <si>
     <t>162</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
     <t>GERALDO ALVES FERREIRA, ARY RODRIGUES, ELIZIÁRIO DE OLIVEIRA NERY, JAMES DE OLIVEIRA LAGES, JOÃO FERREIRA FILHO, MANOEL DE JESUS GOMES DE SOUSA, SABINO GOMES DA SILVA NETO</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2000/162/indicacao_n._018-2000_3.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2000/162/indicacao_n._018-2000_3.pdf</t>
   </si>
   <si>
     <t>Construção de canteiros com arborização na Av. JK.</t>
   </si>
   <si>
     <t>163</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
     <t>JAMES DE OLIVEIRA LAGES, ARY RODRIGUES, ELIZIÁRIO DE OLIVEIRA NERY, GERALDO ALVES FERREIRA, JOÃO FERREIRA FILHO, LUIS ALBERTO RODRIGUES CUNHA, MANOEL DE JESUS GOMES DE SOUSA, SABINO GOMES DA SILVA NETO</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2000/163/indicacao_n._019-2000_2.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2000/163/indicacao_n._019-2000_2.pdf</t>
   </si>
   <si>
     <t>Criação do Centro de Geração de Renda da Juventude.</t>
   </si>
   <si>
     <t>164</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2000/164/indicacao_n._020-2000_1.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2000/164/indicacao_n._020-2000_1.pdf</t>
   </si>
   <si>
     <t>Criação do Centro Integrado da Criança e do Adolescente</t>
   </si>
   <si>
     <t>224</t>
   </si>
   <si>
     <t>MCP</t>
   </si>
   <si>
     <t>Moção de Pesar</t>
   </si>
   <si>
     <t>ELIZIÁRIO DE OLIVEIRA NERY, JAMES DE OLIVEIRA LAGES, JOÃO FERREIRA FILHO, LUIS ALBERTO RODRIGUES CUNHA, MANOEL DE JESUS GOMES DE SOUSA, SABINO GOMES DA SILVA NETO</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2000/224/mocao_n._01-2000.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2000/224/mocao_n._01-2000.pdf</t>
   </si>
   <si>
     <t>Votos de pesar à família do Sr. Manoel Pinto da Silva, falecido em 07/03/2000.</t>
   </si>
   <si>
     <t>225</t>
   </si>
   <si>
     <t>JOÃO FERREIRA FILHO, ELIZIÁRIO DE OLIVEIRA NERY, JAMES DE OLIVEIRA LAGES, LUIS ALBERTO RODRIGUES CUNHA, MANOEL DE JESUS GOMES DE SOUSA, SABINO GOMES DA SILVA NETO</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2000/225/mocao_n._02-2000_2.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2000/225/mocao_n._02-2000_2.pdf</t>
   </si>
   <si>
     <t>Votos de pesar à família do Sr. Luís Alcântara Brito, falecido em 15/03/2000.</t>
   </si>
   <si>
     <t>226</t>
   </si>
   <si>
     <t>MCA</t>
   </si>
   <si>
     <t>Moção de Aplausos</t>
   </si>
   <si>
     <t>JAMES DE OLIVEIRA LAGES, ARY RODRIGUES, ELIZIÁRIO DE OLIVEIRA NERY, GERALDO ALVES FERREIRA, JOÃO FERREIRA FILHO, MANOEL DE JESUS GOMES DE SOUSA, ROMILDO CORREIA</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2000/226/mocao_n._06-2000_4.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2000/226/mocao_n._06-2000_4.pdf</t>
   </si>
   <si>
     <t>Moção de Aplausos aos diretores e funcionários das escolas Paulina Câmara, Tancredo Neves e Costa e Silva pela implantação do PDE (Plano de Desenvolvimento da Escola).</t>
   </si>
   <si>
     <t>227</t>
   </si>
   <si>
     <t>JAMES DE OLIVEIRA LAGES, ELIZIÁRIO DE OLIVEIRA NERY, GERALDO ALVES FERREIRA, LUIS ALBERTO RODRIGUES CUNHA, SABINO GOMES DA SILVA NETO</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2000/227/mocao_n._07-2000.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2000/227/mocao_n._07-2000.pdf</t>
   </si>
   <si>
     <t>Moção de Aplausos às senhoras selecionadas através de concurso à Miss 3ª idade de Barrolândia/TO.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -699,68 +699,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2000/147/indicacao_n._01-2000.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2000/148/indicacao_n._02-2000_2.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2000/149/indicacao_n._03-2000_3.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2000/150/indicacao_n._04-2000_4.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2000/151/indicacao_n._05-2000_5.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2000/152/indicacao_n._06-2000_6.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2000/153/indicacao_n._07-2000.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2000/154/indicacao_n._008-2000.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2000/155/indicacao_n._009-2000.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2000/156/indicacao_n._010-2000.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2000/157/indicacao_n._011-2000.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2000/158/indicacao_n._012-2000.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2000/159/indicacao_n._013-2000.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2000/160/indicacao_n._014-2000.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2000/161/indicacao_n._017-2000_4.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2000/162/indicacao_n._018-2000_3.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2000/163/indicacao_n._019-2000_2.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2000/164/indicacao_n._020-2000_1.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2000/224/mocao_n._01-2000.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2000/225/mocao_n._02-2000_2.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2000/226/mocao_n._06-2000_4.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2000/227/mocao_n._07-2000.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2000/147/indicacao_n._01-2000.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2000/148/indicacao_n._02-2000_2.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2000/149/indicacao_n._03-2000_3.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2000/150/indicacao_n._04-2000_4.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2000/151/indicacao_n._05-2000_5.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2000/152/indicacao_n._06-2000_6.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2000/153/indicacao_n._07-2000.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2000/154/indicacao_n._008-2000.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2000/155/indicacao_n._009-2000.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2000/156/indicacao_n._010-2000.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2000/157/indicacao_n._011-2000.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2000/158/indicacao_n._012-2000.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2000/159/indicacao_n._013-2000.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2000/160/indicacao_n._014-2000.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2000/161/indicacao_n._017-2000_4.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2000/162/indicacao_n._018-2000_3.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2000/163/indicacao_n._019-2000_2.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2000/164/indicacao_n._020-2000_1.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2000/224/mocao_n._01-2000.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2000/225/mocao_n._02-2000_2.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2000/226/mocao_n._06-2000_4.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2000/227/mocao_n._07-2000.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H23"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="217.5703125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="99" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="98.140625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="153.42578125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>