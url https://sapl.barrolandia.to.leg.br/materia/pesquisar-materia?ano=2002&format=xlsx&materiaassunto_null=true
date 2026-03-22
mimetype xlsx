--- v0 (2025-10-25)
+++ v1 (2026-03-22)
@@ -54,177 +54,177 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>174</t>
   </si>
   <si>
     <t>2002</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>ELIZIÁRIO DE OLIVEIRA NERY, JOÃO AVELINO TEIXEIRA, JOÃO FERREIRA FILHO, LUIS ALBERTO RODRIGUES CUNHA, RAIMUNDA IACIARA DA SILVA CABRAL, ROMILDO CORREIA</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2002/174/indicacao_n._01-2002.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2002/174/indicacao_n._01-2002.pdf</t>
   </si>
   <si>
     <t>Comodidade no atendimento a agência dos correios local.</t>
   </si>
   <si>
     <t>175</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>ELIZIÁRIO DE OLIVEIRA NERY, EDIMAR RODRIGUES DA SILVA, JOÃO AVELINO TEIXEIRA, JOÃO FERREIRA FILHO, LUIS ALBERTO RODRIGUES CUNHA, NELSON MOREIRA SILVA, RAIMUNDA IACIARA DA SILVA CABRAL, ROMILDO CORREIA</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2002/175/indicacao_n._04-2002.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2002/175/indicacao_n._04-2002.pdf</t>
   </si>
   <si>
     <t>Patrolamento na estrada que liga Barrolândia ao Porto da Balsa.</t>
   </si>
   <si>
     <t>176</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>RAIMUNDA IACIARA DA SILVA CABRAL, ELIZIÁRIO DE OLIVEIRA NERY, JOÃO AVELINO TEIXEIRA, JOÃO FERREIRA FILHO, LUIS ALBERTO RODRIGUES CUNHA, NELSON MOREIRA SILVA, ROMILDO CORREIA</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2002/176/indicacao_n._05-2002.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2002/176/indicacao_n._05-2002.pdf</t>
   </si>
   <si>
     <t>Instalação de um telefone público (orelhão) na Av. Bernardo Sayão.</t>
   </si>
   <si>
     <t>177</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>ROMILDO CORREIA, JOÃO AVELINO TEIXEIRA, LUIS ALBERTO RODRIGUES CUNHA, NELSON MOREIRA SILVA, RAIMUNDA IACIARA DA SILVA CABRAL</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2002/177/indicacao_n._06-2002.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2002/177/indicacao_n._06-2002.pdf</t>
   </si>
   <si>
     <t>Designação de funcionário para auxiliar o funcionário da Rede Celtins.</t>
   </si>
   <si>
     <t>178</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>ROMILDO CORREIA, EDIMAR RODRIGUES DA SILVA, ELIZIÁRIO DE OLIVEIRA NERY, LUIS ALBERTO RODRIGUES CUNHA, RAIMUNDA IACIARA DA SILVA CABRAL</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2002/178/indicacao_n._07-2002.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2002/178/indicacao_n._07-2002.pdf</t>
   </si>
   <si>
     <t>Restauração da TO 348 que liga Porto da Balsa ao Bom Sossego.</t>
   </si>
   <si>
     <t>179</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>ROMILDO CORREIA, EDIMAR RODRIGUES DA SILVA, ELIZIÁRIO DE OLIVEIRA NERY, JOÃO AVELINO TEIXEIRA, JOÃO FERREIRA FILHO, NELSON MOREIRA SILVA, RAIMUNDA IACIARA DA SILVA CABRAL</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2002/179/indicacao_n._08-2002.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2002/179/indicacao_n._08-2002.pdf</t>
   </si>
   <si>
     <t>Viabilização de recurso para construção de uma creche municipal.</t>
   </si>
   <si>
     <t>230</t>
   </si>
   <si>
     <t>MCP</t>
   </si>
   <si>
     <t>Moção de Pesar</t>
   </si>
   <si>
     <t>JOÃO FERREIRA FILHO, EDIMAR RODRIGUES DA SILVA, ELIZIÁRIO DE OLIVEIRA NERY, JOÃO AVELINO TEIXEIRA, LUIS ALBERTO RODRIGUES CUNHA, NELSON MOREIRA SILVA, RAIMUNDA IACIARA DA SILVA CABRAL, ROMILDO CORREIA</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2002/230/mocao_n._01-2002_1.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2002/230/mocao_n._01-2002_1.pdf</t>
   </si>
   <si>
     <t>Votos de pesar à família do Sr. Antonio Espedito Oliveira, falecido em 08/10/2002.</t>
   </si>
   <si>
     <t>231</t>
   </si>
   <si>
     <t>MCA</t>
   </si>
   <si>
     <t>Moção de Aplausos</t>
   </si>
   <si>
     <t>LUIS ALBERTO RODRIGUES CUNHA, EDIMAR RODRIGUES DA SILVA, ELIZIÁRIO DE OLIVEIRA NERY, GERALDO ALVES FERREIRA, JOÃO AVELINO TEIXEIRA, JOÃO FERREIRA FILHO, NELSON MOREIRA SILVA, RAIMUNDA IACIARA DA SILVA CABRAL, ROMILDO CORREIA</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2002/231/mocao_n._01b-2002_4.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2002/231/mocao_n._01b-2002_4.pdf</t>
   </si>
   <si>
     <t>Moção de Reconhecimento aos policiais de Barrolândia pelo serviço prestado.</t>
   </si>
   <si>
     <t>232</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>GERALDO ALVES FERREIRA</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2002/232/mocao_n._01a-2002_3.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2002/232/mocao_n._01a-2002_3.pdf</t>
   </si>
   <si>
     <t>Moção de reconhecimento aos policiais em razão da aprovação de matéria pelos vereadores.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -531,68 +531,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2002/174/indicacao_n._01-2002.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2002/175/indicacao_n._04-2002.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2002/176/indicacao_n._05-2002.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2002/177/indicacao_n._06-2002.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2002/178/indicacao_n._07-2002.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2002/179/indicacao_n._08-2002.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2002/230/mocao_n._01-2002_1.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2002/231/mocao_n._01b-2002_4.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2002/232/mocao_n._01a-2002_3.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2002/174/indicacao_n._01-2002.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2002/175/indicacao_n._04-2002.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2002/176/indicacao_n._05-2002.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2002/177/indicacao_n._06-2002.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2002/178/indicacao_n._07-2002.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2002/179/indicacao_n._08-2002.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2002/230/mocao_n._01-2002_1.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2002/231/mocao_n._01b-2002_4.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2002/232/mocao_n._01a-2002_3.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H10"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="223.28515625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="96.7109375" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="95.85546875" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="83.42578125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>