--- v0 (2025-10-25)
+++ v1 (2026-03-23)
@@ -51,201 +51,201 @@
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>535</t>
   </si>
   <si>
     <t>2020</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
-    <t>JESSÉ VINICIUS RODRIGUES</t>
-[...2 lines deleted...]
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2020/535/projeto_de_lei_no_001-2020.pdf</t>
+    <t>Jessé Vinicius Rodrigues</t>
+  </si>
+  <si>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2020/535/projeto_de_lei_no_001-2020.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o incentivo ao plantio e manutenção de arvores.</t>
   </si>
   <si>
     <t>537</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2020/537/projeto_de_lei_do_legislativo_no_002-2020.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2020/537/projeto_de_lei_do_legislativo_no_002-2020.pdf</t>
   </si>
   <si>
     <t>REGULA A OBRIGATORIEDADE DE TRANSPORTE ESCOLAR PÚBLICO UNIVERSITÁRIO.</t>
   </si>
   <si>
     <t>538</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2020/538/projeto_de_lei_do_legislativo_no_009-2020.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2020/538/projeto_de_lei_do_legislativo_no_009-2020.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A BAIXA NO PATRIMÔNIO DA CÂMARA MUNICIPAL.</t>
   </si>
   <si>
     <t>539</t>
   </si>
   <si>
     <t>205</t>
   </si>
   <si>
     <t>ADRIANO JOSÉ RIBEIRO</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2020/539/projeto_de_lei_no_205-2020.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2020/539/projeto_de_lei_no_205-2020.pdf</t>
   </si>
   <si>
     <t>DESMEMBRA SECRETARIA MUNICIPAL.</t>
   </si>
   <si>
     <t>540</t>
   </si>
   <si>
     <t>207</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2020/540/projeto_de_lei_no_207-2020.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2020/540/projeto_de_lei_no_207-2020.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI Nº 204/2019 - LDO</t>
   </si>
   <si>
     <t>541</t>
   </si>
   <si>
     <t>209</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2020/541/projeto_de_lei_no_209-2020.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2020/541/projeto_de_lei_no_209-2020.pdf</t>
   </si>
   <si>
     <t>ALTERA A  LEI Nº 204/2019 - LDO</t>
   </si>
   <si>
     <t>542</t>
   </si>
   <si>
     <t>210</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2020/542/projeto_de_lei_no_210-2020.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2020/542/projeto_de_lei_no_210-2020.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O AUXÍLIO EXCEPCIONAL E TEMPORÁRIO AOS PROFISSIONAIS DE SAÚDE QUE ATUEM NA LINHA DE FRENTE AO COVID-19</t>
   </si>
   <si>
     <t>543</t>
   </si>
   <si>
     <t>211</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2020/543/projeto_de_lei_no_2011-2020.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2020/543/projeto_de_lei_no_2011-2020.pdf</t>
   </si>
   <si>
     <t>RECONHECIMENTO DE PATRIMÔNIO CULTURAL</t>
   </si>
   <si>
     <t>544</t>
   </si>
   <si>
     <t>218</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2020/544/projeto_de_lei_no_218-2020.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2020/544/projeto_de_lei_no_218-2020.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ALTERAÇÕES NO PPA PARA O EXERCÍCIO DE 2021.</t>
   </si>
   <si>
     <t>536</t>
   </si>
   <si>
     <t>208</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2020/536/projeto_de_lei_complementar_no_208-2020.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2020/536/projeto_de_lei_complementar_no_208-2020.pdf</t>
   </si>
   <si>
     <t>Institui o REFIS.</t>
   </si>
   <si>
     <t>733</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
     <t>JOÃO RODRIGUES COSTA</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2020/733/projeto-de-res--001-2020.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2020/733/projeto-de-res--001-2020.pdf</t>
   </si>
   <si>
     <t>Ementa: dispõe sobre a criação do cargo de Recepcionista da Câmara Municipal de Barrolândia e dá outras providências.</t>
   </si>
   <si>
     <t>734</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2020/734/projeto-de-reso--004-15-de-junho-de-2020.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2020/734/projeto-de-reso--004-15-de-junho-de-2020.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a Fixação dos Subsídios dos Vereadores do Município de Barrolândia -TO, e adota outras providências.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -552,68 +552,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2020/535/projeto_de_lei_no_001-2020.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2020/537/projeto_de_lei_do_legislativo_no_002-2020.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2020/538/projeto_de_lei_do_legislativo_no_009-2020.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2020/539/projeto_de_lei_no_205-2020.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2020/540/projeto_de_lei_no_207-2020.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2020/541/projeto_de_lei_no_209-2020.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2020/542/projeto_de_lei_no_210-2020.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2020/543/projeto_de_lei_no_2011-2020.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2020/544/projeto_de_lei_no_218-2020.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2020/536/projeto_de_lei_complementar_no_208-2020.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2020/733/projeto-de-res--001-2020.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2020/734/projeto-de-reso--004-15-de-junho-de-2020.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2020/535/projeto_de_lei_no_001-2020.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2020/537/projeto_de_lei_do_legislativo_no_002-2020.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2020/538/projeto_de_lei_do_legislativo_no_009-2020.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2020/539/projeto_de_lei_no_205-2020.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2020/540/projeto_de_lei_no_207-2020.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2020/541/projeto_de_lei_no_209-2020.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2020/542/projeto_de_lei_no_210-2020.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2020/543/projeto_de_lei_no_2011-2020.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2020/544/projeto_de_lei_no_218-2020.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2020/536/projeto_de_lei_complementar_no_208-2020.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2020/733/projeto-de-res--001-2020.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2020/734/projeto-de-reso--004-15-de-junho-de-2020.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H13"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
-    <col min="6" max="6" width="24.7109375" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="116.42578125" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="22.5703125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="115.5703125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="118" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>