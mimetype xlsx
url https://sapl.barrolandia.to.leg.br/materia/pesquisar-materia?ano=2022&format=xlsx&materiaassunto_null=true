--- v0 (2025-10-25)
+++ v1 (2026-03-22)
@@ -51,1291 +51,1291 @@
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>349</t>
   </si>
   <si>
     <t>2022</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
-    <t>JESSÉ VINICIUS RODRIGUES</t>
-[...2 lines deleted...]
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/349/projeto_de_lei_no_001_de_13_de_setembro_de_2022.pdf</t>
+    <t>Jessé Vinicius Rodrigues</t>
+  </si>
+  <si>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/349/projeto_de_lei_no_001_de_13_de_setembro_de_2022.pdf</t>
   </si>
   <si>
     <t>OBRIGATORIEDADE DO DESFILE EM ALUSÃO AO DIA DA INDEPENDÊNCIA DO BRASIL.</t>
   </si>
   <si>
     <t>350</t>
   </si>
   <si>
     <t>265</t>
   </si>
   <si>
     <t>ADRIANO JOSÉ RIBEIRO</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/350/projeto_de_lei_no_265_de_04_de_maio_de_2022.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/350/projeto_de_lei_no_265_de_04_de_maio_de_2022.pdf</t>
   </si>
   <si>
     <t>APROVA O HINO NACIONAL DE BARROLÂNDIA.</t>
   </si>
   <si>
     <t>352</t>
   </si>
   <si>
     <t>266</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/352/projeto_de_lei_ordinaria_no_266_de_04_de_maio_de_2022.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/352/projeto_de_lei_ordinaria_no_266_de_04_de_maio_de_2022.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO A JÚLIO CÉSAR MACHADO.</t>
   </si>
   <si>
     <t>351</t>
   </si>
   <si>
     <t>267</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/351/projeto_de_lei_no_267_de_04_de_maio_de_2022.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/351/projeto_de_lei_no_267_de_04_de_maio_de_2022.pdf</t>
   </si>
   <si>
     <t>CRIA PROGRAMA DE ESTÁGIO E APOIO AO EMPRESÁRIO.</t>
   </si>
   <si>
     <t>353</t>
   </si>
   <si>
     <t>268</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/353/projeto_de_lei_no_268_de_09_de_maio_de_2022.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/353/projeto_de_lei_no_268_de_09_de_maio_de_2022.pdf</t>
   </si>
   <si>
     <t>CONTRATAÇÃO DE OPERAÇÃO DE CRÉDITO.</t>
   </si>
   <si>
     <t>354</t>
   </si>
   <si>
     <t>273</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/354/projeto_de_lei_no_273_de_08_de_agosto_de_2022.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/354/projeto_de_lei_no_273_de_08_de_agosto_de_2022.pdf</t>
   </si>
   <si>
     <t>CONCESSÃO DE AUXÍLIO FINANCEIRO AO SINDICATO RURAL.</t>
   </si>
   <si>
     <t>355</t>
   </si>
   <si>
     <t>274</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/355/projeto_de_lei_no_274-2022.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/355/projeto_de_lei_no_274-2022.pdf</t>
   </si>
   <si>
     <t>CRIA CARGOS NO QUADRO DA SECRETARIA MUNICIPAL DE ASSISTÊNCIA SOCIAL.</t>
   </si>
   <si>
     <t>357</t>
   </si>
   <si>
     <t>276</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/357/projeto_de_lei_no_276-2022.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/357/projeto_de_lei_no_276-2022.pdf</t>
   </si>
   <si>
     <t>DIRETRIZES GERAIS PARA A ELABORAÇÃO DA LEI ORÇAMENTÁRIA.</t>
   </si>
   <si>
     <t>358</t>
   </si>
   <si>
     <t>277</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/358/projeto_de_lei_no_277-2022.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/358/projeto_de_lei_no_277-2022.pdf</t>
   </si>
   <si>
     <t>ESTIMA RECEITA E FIXA DESPESA DO ORÇAMENTO ANUAL.</t>
   </si>
   <si>
     <t>359</t>
   </si>
   <si>
     <t>278</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/359/projeto_de_lei_no_278-2022.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/359/projeto_de_lei_no_278-2022.pdf</t>
   </si>
   <si>
     <t>INSTITUI I SERVIÇO DE INSPEÇÃO MUNICIPAL.</t>
   </si>
   <si>
     <t>360</t>
   </si>
   <si>
     <t>279</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/360/projeto_de_lei_ordinaria_no_279-2022.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/360/projeto_de_lei_ordinaria_no_279-2022.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO  A CONTRATAR OPERAÇÃO DE CRÉDITO.</t>
   </si>
   <si>
     <t>356</t>
   </si>
   <si>
     <t>275</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/356/projeto_de_lei_complementar_no_275-2022.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/356/projeto_de_lei_complementar_no_275-2022.pdf</t>
   </si>
   <si>
     <t>ALTERA O CÓDIGO TRIBUTÁRIO.</t>
   </si>
   <si>
     <t>455</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/455/projeto_de_resolucao_no_001_de_01_de_julho_de_2022.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/455/projeto_de_resolucao_no_001_de_01_de_julho_de_2022.pdf</t>
   </si>
   <si>
     <t>NOMEIA TEMPORARIAMENTE PARA O CARGO DE COPEIRA EM CARÁTER EXCEPCIONAL.</t>
   </si>
   <si>
     <t>456</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/456/projeto_de_resolucao_no_006_de_24_de_novembro_2022.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/456/projeto_de_resolucao_no_006_de_24_de_novembro_2022.pdf</t>
   </si>
   <si>
     <t>ESTABELECER E DAR ORIGEM À TRIBUNA DO PLENÁRIO DESTA CASA DE LEIS, QUE PASSA A DENOMINAR-SE "TRIBUNA JOÃO FERREIRA FILHO.</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>MARIA RAIMUNDA PEREIRA CAVALCANTE COSTA</t>
-[...2 lines deleted...]
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/52/requerimento_no_01-2022._ver._ma_raimunda_pereira_cavalcante_costa.pdf</t>
+    <t>Maria Raimunda Pereira Cavalcante Costa</t>
+  </si>
+  <si>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/52/requerimento_no_01-2022._ver._ma_raimunda_pereira_cavalcante_costa.pdf</t>
   </si>
   <si>
     <t>Requer ao Chefe do Poder Executivo Municipal, que faça a reforma do campo society.</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/53/requerimento_no_02-2022._ver._ma_raimunda_pereira_cavalcante_costa.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/53/requerimento_no_02-2022._ver._ma_raimunda_pereira_cavalcante_costa.pdf</t>
   </si>
   <si>
     <t>Requer ao Chefe do Poder Executivo Municipal, uma caçamba para melhor atender o município.</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/54/requerimento_no_03-2022._ver._ma_raimunda_pereira_cavalcante_costa.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/54/requerimento_no_03-2022._ver._ma_raimunda_pereira_cavalcante_costa.pdf</t>
   </si>
   <si>
     <t>Requer ao Chefe do Poder Executivo Municipal, a reforma do prédio da prefeitura.</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/55/requerimento_no_04-2022._ver._ma_raimunda_pereira_cavalcante_costa.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/55/requerimento_no_04-2022._ver._ma_raimunda_pereira_cavalcante_costa.pdf</t>
   </si>
   <si>
     <t>Requer ao Chefe do Poder Executivo Municipal, a ampliação do cemitério municipal.</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/56/requerimento_no_05-2022._ver._ma_raimunda_pereira_cavalcante_costa.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/56/requerimento_no_05-2022._ver._ma_raimunda_pereira_cavalcante_costa.pdf</t>
   </si>
   <si>
     <t>Requer ao Chefe do Poder Executivo Municipal, a recuperação da estrada Campo Grande.</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/57/requerimento_no_06-2022._ver._ma_raimunda_pereira_cavalcante_costa.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/57/requerimento_no_06-2022._ver._ma_raimunda_pereira_cavalcante_costa.pdf</t>
   </si>
   <si>
     <t>Requer ao Chefe do Poder Executivo Municipal, a recuperação da estrada que liga a faz. Pioneira, ao Nego do Odilon, os Goianos, o Renato ate na ponte do Gato.</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>MARIA RAIMUNDA PEREIRA CAVALCANTE COSTA, VANDERSON DE MORAIS FERREIRA</t>
-[...2 lines deleted...]
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/58/requerimento_no_08-2022._ver._ma_raimunda_e_vanderson.pdf</t>
+    <t>Maria Raimunda Pereira Cavalcante Costa, Vanderson de Morais Ferreira</t>
+  </si>
+  <si>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/58/requerimento_no_08-2022._ver._ma_raimunda_e_vanderson.pdf</t>
   </si>
   <si>
     <t>Requer ao Chefe do Poder Executivo Municipal, um projeto de construção da praça localizada na Avenida Bernardo Sayão.</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>JOÃO RODRIGUES COSTA</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/59/requerimento_no_09-2022._ver._joao_rodrigues_costa.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/59/requerimento_no_09-2022._ver._joao_rodrigues_costa.pdf</t>
   </si>
   <si>
     <t>Requer ao Chefe do Poder Executivo Municipal, construção da ponte de concreto na região do São João na propriedade do senhor Leonardo.</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/60/requerimento_no_10-2022._ver._joao_rodrigues_costa.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/60/requerimento_no_10-2022._ver._joao_rodrigues_costa.pdf</t>
   </si>
   <si>
     <t>Requer ao Chefe do Poder Executivo Municipal, a reforma do prédio da ADAPEC e da Ruraltins.</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/61/requerimento_no_11-2022._ver._joao_rodrigues_costa.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/61/requerimento_no_11-2022._ver._joao_rodrigues_costa.pdf</t>
   </si>
   <si>
     <t>Requer ao Chefe do Poder Executivo Municipal, que faça o recapiamento das ruas da cidade onde for necessário.</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/62/requerimento_no_12-2022._ver._joao_rodrigues_costa.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/62/requerimento_no_12-2022._ver._joao_rodrigues_costa.pdf</t>
   </si>
   <si>
     <t>Requer ao Chefe do Poder Executivo Municipal, que faça a pavimentação asfáltica da Avenida Bernardo Sayão até o Parque de Exposição Agropecuária.</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/63/requerimento_no_13-2022._ver._joao_rodrigues_costa.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/63/requerimento_no_13-2022._ver._joao_rodrigues_costa.pdf</t>
   </si>
   <si>
     <t>Requer ao Chefe do Poder Executivo Municipal, que faça a pavimentação asfáltica da Avenida Juares Bucar.</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/64/requerimento_no_14-2022._ver._joao_rodrigues_costa.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/64/requerimento_no_14-2022._ver._joao_rodrigues_costa.pdf</t>
   </si>
   <si>
     <t>Requer ao Chefe do Poder Executivo Municipal, que faça a reforma da ponte do córrego Barreiro da Fazenda do Sr. Nilson Furtado de Mendonça que da acesso à região do São João.</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/65/requerimento_no_15-2022._ver._joao_rodrigues_costa.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/65/requerimento_no_15-2022._ver._joao_rodrigues_costa.pdf</t>
   </si>
   <si>
     <t>Requer ao Chefe do Poder Executivo Municipal, a conclusão da pavimentação asfáltica do setor Ribeiro.</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/66/requerimento_no_16-2022._ver._joao_rodrigues_costa.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/66/requerimento_no_16-2022._ver._joao_rodrigues_costa.pdf</t>
   </si>
   <si>
     <t>Requer ao Chefe do Poder Executivo Municipal, que faça a pavimentação asfáltica da Rua Jorge Amado.</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/67/requerimento_no_17-2022._ver._joao_rodrigues_costa.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/67/requerimento_no_17-2022._ver._joao_rodrigues_costa.pdf</t>
   </si>
   <si>
     <t>Requer ao Chefe do Poder Executivo Municipal, patrolar e cascalhar as estradas onde for necessário em toda a região do São João.</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/68/requerimento_no_18-2022._ver._joao_rodrigues_costa.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/68/requerimento_no_18-2022._ver._joao_rodrigues_costa.pdf</t>
   </si>
   <si>
     <t>Requer ao Chefe do Poder Executivo Municipal, trocar a estalação elétrica do hospital.</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/69/requerimento_no_19-2022._ver._ma_raimunda_pereira_cavalcante_costa.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/69/requerimento_no_19-2022._ver._ma_raimunda_pereira_cavalcante_costa.pdf</t>
   </si>
   <si>
     <t>Requer ao Chefe do Poder Executivo Municipal, fazer a revitalização da fonte luminosa da praça.</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/70/requerimento_no_20-2022._ver._jesse_vinicius_rodrigues.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/70/requerimento_no_20-2022._ver._jesse_vinicius_rodrigues.pdf</t>
   </si>
   <si>
     <t>Requer ao Chefe do Poder Executivo Municipal, fazer ampliação e padronização do BR Shopping.</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/71/requerimento_no_21-2022._ver._jesse_vinicius_rodrigues.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/71/requerimento_no_21-2022._ver._jesse_vinicius_rodrigues.pdf</t>
   </si>
   <si>
     <t>Requer ao Chefe do Poder Executivo Municipal, instalar energia solar em todos os órgão públicos municipais.</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/72/requerimento_no_22-2022._ver._jesse_vinicius_rodrigues.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/72/requerimento_no_22-2022._ver._jesse_vinicius_rodrigues.pdf</t>
   </si>
   <si>
     <t>Requer ao Chefe do Poder Executivo Municipal, que faça a reforma da ponte em frente ao Parecido que liga ao 25 de Julho e a TO 348.</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/73/requerimento_no_23-2022._ver._joao_rodrigues_costa.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/73/requerimento_no_23-2022._ver._joao_rodrigues_costa.pdf</t>
   </si>
   <si>
     <t>Requerimento 022 - Requer ao Chefe do Poder Executivo Municipal, a construção de um quebra-mola e uma faixa de pedestre enfrente ao centro de ensino municipal Cristino Régis Cardoso (CMEI). _x000D_
 Requerimento 023 - Requer ao Chefe do Poder Executivo Municipal, a construção de um bueiro na Grota Pé da Serra, onde dá acesso á região do São João, na fazenda do Sr. Leonardo.</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>MARCO AURELIO DE MORAIS NERY</t>
-[...2 lines deleted...]
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/74/requerimento_no_24-2022._ver._marco_aurelio_de_moraes_nery.pdf</t>
+    <t>Marco Aurelio de Morais Nery</t>
+  </si>
+  <si>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/74/requerimento_no_24-2022._ver._marco_aurelio_de_moraes_nery.pdf</t>
   </si>
   <si>
     <t>Requer ao Chefe do Poder Executivo Municipal, a construção da capela mortuária.</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/75/requerimento_no_25-2022._ver._marco_aurelio_de_morais_nery.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/75/requerimento_no_25-2022._ver._marco_aurelio_de_morais_nery.pdf</t>
   </si>
   <si>
     <t>Requer ao Chefe do Poder Executivo Municipal, uniformes para os alunos da rede municipal de educação.</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/97/requerimento_no_26-2022._ver._marco_aurelio_de_moraes_nery.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/97/requerimento_no_26-2022._ver._marco_aurelio_de_moraes_nery.pdf</t>
   </si>
   <si>
     <t>REQUER AO CHEFE DO PODER EXECUTIVO MUNICIPAL, A INSTALAÇÃO DE UM POSTO DE ATENDIMENTO DO INSS NO MUNICÍPIO DE BARROLÂNDIA.</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
     <t>JOSIVAL ROCHA RODRIGUES</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/98/requerimento_no_27-2022._ver._josival_rocha_rodrigues.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/98/requerimento_no_27-2022._ver._josival_rocha_rodrigues.pdf</t>
   </si>
   <si>
     <t>REQUER AO CHEFE DO PODER EXECUTIVO MUNICIPAL, UMA AJUDA DE CUSTO PARA MEDIR AS CHÁCARAS DA GLEBA - TODOS OS SANTOS.</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>ELDIVAN MACHADO COELHO</t>
-[...2 lines deleted...]
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/99/requerimento_no_28-2022._ver._eldivan_machado_coelho.pdf</t>
+    <t>Eldivan Machado Coelho</t>
+  </si>
+  <si>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/99/requerimento_no_28-2022._ver._eldivan_machado_coelho.pdf</t>
   </si>
   <si>
     <t>REQUER AO CHEFE DO PODER EXECUTIVO MUNICIPAL, O ENCASCALHAMENTO DA SAÍDA DA AVENIDA BERNARDO SAYÃO À CHÁCARA CAPELINHA.</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>VANDERSON DE MORAIS FERREIRA</t>
-[...2 lines deleted...]
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/100/requerimento_no_29-2022._ver._vanderson_de_morais_ferreira.pdf</t>
+    <t>Vanderson de Morais Ferreira</t>
+  </si>
+  <si>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/100/requerimento_no_29-2022._ver._vanderson_de_morais_ferreira.pdf</t>
   </si>
   <si>
     <t>REQUER AO CHEFE DO PODER EXECUTIVO MUNICIPAL, A REFORMA DO GINÁSIO DE ESPORTES - BELVON LIMA MARTINS.</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/101/requerimento_no_30-2022._ver._vanderson_de_morais_ferreira.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/101/requerimento_no_30-2022._ver._vanderson_de_morais_ferreira.pdf</t>
   </si>
   <si>
     <t>REQUER AO CHEFE DO PODER EXECUTIVO MUNICIPAL, A CONSTRUÇÃO DE UM QUEBRA MOLA EM FRENTE O BAR DA DITA, NA RUA PIAUI.</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/102/requerimento_no_31-2022._ver._eldivan_machado_coelho.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/102/requerimento_no_31-2022._ver._eldivan_machado_coelho.pdf</t>
   </si>
   <si>
     <t>REQUER AO CHEFE DO PODER EXECUTIVO MUNICIPAL, A CONSTRUÇÃO DE DOIS LETREIROS COM A EXPRESSÃO "EU AMO BARROLÂNDIA", NAS ENTRADAS DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/103/requerimento_no_32-2022._ver._josival_rocha_rodrigues.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/103/requerimento_no_32-2022._ver._josival_rocha_rodrigues.pdf</t>
   </si>
   <si>
     <t>REQUER AO CHEFE DO PODER EXECUTIVO MUNICIPAL, A REFORMA DO CAMPO DE FUTEBOL AO LADO DO RODO-SHOPPING.</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/104/requerimento_no_33-2022._ver._josival_rocha_rodrigues.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/104/requerimento_no_33-2022._ver._josival_rocha_rodrigues.pdf</t>
   </si>
   <si>
     <t>REQUER AO CHEFE DO PODER EXECUTIVO MUNICIPAL, A CONSTRUÇÃO DE DOIS QUEBRA-MOLAS NA AVENIDA GOIAS; SENDO UM EM FRENTE A RESIDÊNCIA DO PAI DO ARROIZÃO E O OUTRO EM FRENTE A RESIDÊNCIA DO SENHOR ERLAN.</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/105/requerimento_no_34-2022._ver._josival_rocha_rodrigues.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/105/requerimento_no_34-2022._ver._josival_rocha_rodrigues.pdf</t>
   </si>
   <si>
     <t>REQUER AO CHEFE DO PODER EXECUTIVO MUNICIPAL, A CONSTRUÇÃO DE UM QUEBRA-MOLA NA RUA MANOEL NOGUEIRA FILHO, EM FRENTE A RESIDÊNCIA DO SENHOR PEDRO LORO.</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>CLEITON MARINHO DE BRITO</t>
-[...2 lines deleted...]
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/106/requerimento_no_35-2022._ver._cleiton_marinho_de_brito.pdf</t>
+    <t>Cleiton Marinho de Brito</t>
+  </si>
+  <si>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/106/requerimento_no_35-2022._ver._cleiton_marinho_de_brito.pdf</t>
   </si>
   <si>
     <t>REQUER AO CHEFE DO PODER EXECUTIVO MUNICIPAL, SOLICITO A CONSTRUÇÃO DE UM AUDITÓRIO MUNICIPAL.</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/107/requerimento_no_36-2022._ver._cleiton_marinho_de_brito.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/107/requerimento_no_36-2022._ver._cleiton_marinho_de_brito.pdf</t>
   </si>
   <si>
     <t>REQUER AO CHEFE DO PODER EXECUTIVO MUNICIPAL, A CONSTRUÇÃO DE BUEIROS NA REGIÃO DAS TRÊS MARIAS.</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/108/requerimento_no_37-2022._ver._cleiton_marinho_de_brito.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/108/requerimento_no_37-2022._ver._cleiton_marinho_de_brito.pdf</t>
   </si>
   <si>
     <t>REQUER AO CHEFE DO PODER EXECUTIVO MUNICIPAL, A CONSTRUÇÃO DE UM CAMPÃO DE FUTEBOL TERRA.</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/109/requerimento_no_38-2022._ver._cleiton_marinho_de_brito.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/109/requerimento_no_38-2022._ver._cleiton_marinho_de_brito.pdf</t>
   </si>
   <si>
     <t>REQUER AO CHEFE DO PODER EXECUTIVO MUNICIPAL, A CONSTRUÇÃO DE UMA PONTE SOBRE O CÓRREGO DO PAU OCO, NA REGIÃO DA VENTURA.</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/110/requerimento_no_39-2022._ver._cleiton_marinho_de_brito.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/110/requerimento_no_39-2022._ver._cleiton_marinho_de_brito.pdf</t>
   </si>
   <si>
     <t>REQUER AO CHEFE DO PODER EXECUTIVO MUNICIPAL, A REVITALIZAÇÃO DAS ESTRADAS DA REGIÃO DA VENTURA.</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/111/requerimento_no_40-2022._ver._cleiton_marinho_de_brito.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/111/requerimento_no_40-2022._ver._cleiton_marinho_de_brito.pdf</t>
   </si>
   <si>
     <t>REQUER AO CHEFE DO PODER EXECUTIVO MUNICIPAL, A CONSTRUÇÃO DE UMA ESCOLA DE TEMPO INTEGRAL NO MUNICÍPIO.</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/112/requerimento_no_41-2022._ver._cleiton_marinho_de_brito.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/112/requerimento_no_41-2022._ver._cleiton_marinho_de_brito.pdf</t>
   </si>
   <si>
     <t>REQUER AO CHEFE DO PODER EXECUTIVO MUNICIPAL, A CONSTRUÇÃO DE UMA ESTRADA NA FAZENDA DO SENHOR CLÁUDIO NA REGIÃO DA VENTURA.</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/113/requerimento_no_42-2022._ver._cleiton_marinho_de_brito.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/113/requerimento_no_42-2022._ver._cleiton_marinho_de_brito.pdf</t>
   </si>
   <si>
     <t>REQUER AO CHEFE DO PODER EXECUTIVO MUNICIPAL, A REFORMA DA PONTE DO CÓRREGO MOMONINHA NA FAZENDA DO SENHOR ZÉ MOURA.</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/114/requerimento_no_43-2022._ver._cleiton_marinho_de_brito.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/114/requerimento_no_43-2022._ver._cleiton_marinho_de_brito.pdf</t>
   </si>
   <si>
     <t>REQUER AO CHEFE DO PODER EXECUTIVO MUNICIPAL, A REFORMA DA PONTE SOBRE O CÓRREGO JATOBÁ REGIÃO DO SÃO JOÃO.</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/115/requerimento_no_44-2022._ver._cleiton_marinho_de_brito.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/115/requerimento_no_44-2022._ver._cleiton_marinho_de_brito.pdf</t>
   </si>
   <si>
     <t>REQUER AO CHEFE DO PODER EXECUTIVO MUNICIPAL, A REFORMA DA PONTE DO CÓRREGO PIEDADE NA FAZENDA DO SENHOR ZÉ MOURA.</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/116/requerimento_no_45-2022._ver._eldivan_machado_coelho.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/116/requerimento_no_45-2022._ver._eldivan_machado_coelho.pdf</t>
   </si>
   <si>
     <t>REQUER AO CHEFE DO PODER EXECUTIVO MUNICIPAL, A CONSTRUÇÃO DE DOIS LETREIROS COM A EXPRESSÃO "EU AMO BARROLÂNDIA", NA PRAÇA CENTRAL DA CIDADE.</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/117/requerimento_no_46-2022._ver._ma_raimunda_pereira_cavalcante_costa.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/117/requerimento_no_46-2022._ver._ma_raimunda_pereira_cavalcante_costa.pdf</t>
   </si>
   <si>
     <t>REQUER AO CHEFE DO PODER EXECUTIVO MUNICIPAL, A CONSTRUÇÃO DE UM POÇO ARTESIANO NO BR SHOPPING.</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/118/requerimento_no_47-2022._ver._marco_aurelio_de_morais_nery.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/118/requerimento_no_47-2022._ver._marco_aurelio_de_morais_nery.pdf</t>
   </si>
   <si>
     <t>REQUER AO CHEFE DO PODER EXECUTIVO MUNICIPAL, A CONSTRUÇÃO DE UMA PRAÇA COM JARDINAGEM NO BR SHOPPING, COM A FINALIDADE DE MELHORAR A LOGÍSTICA DA COMUNIDADE.</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/119/requerimento_no_48-2022._ver._vanderson_de_morais..pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/119/requerimento_no_48-2022._ver._vanderson_de_morais..pdf</t>
   </si>
   <si>
     <t>REQUER AO CHEFE DO PODER EXECUTIVO MUNICIPAL, O AUMENTO DOS MUROS DAS ESCOLAS MUNICIPAIS E DO CMEI.</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/120/requerimento_no_49-2022._ver._vanderson_de_morais..pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/120/requerimento_no_49-2022._ver._vanderson_de_morais..pdf</t>
   </si>
   <si>
     <t>REQUER AO CHEFE DO PODER EXECUTIVO MUNICIPAL, A TROCA DA ILUMINAÇÃO DO MUNICÍPIO PARA LÂMPADAS DE LED.</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/121/requerimento_no_50-2022._ver._marco_aurelio_de_morais_nery.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/121/requerimento_no_50-2022._ver._marco_aurelio_de_morais_nery.pdf</t>
   </si>
   <si>
     <t>REQUER AO CHEFE DO PODER EXECUTIVO MUNICIPAL, A PAVIMENTAÇÃO BLOQUETE NO BR SHOPPING.</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/122/requerimento_no_51-2022._ver._joao_rodrigues_costa.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/122/requerimento_no_51-2022._ver._joao_rodrigues_costa.pdf</t>
   </si>
   <si>
     <t>REQUER AO CHEFE DO PODER EXECUTIVO MUNICIPAL, A PAVIMENTAÇÃO ASFÁLTICA NA RUA CARIDADE, LOCAL ONDE ERA PARTE DO CANTEIRO DA AVENIDA BERNARDO SAYÃO.</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/123/requerimento_no_52-2022._ver._josival_rocha_rodrigues.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/123/requerimento_no_52-2022._ver._josival_rocha_rodrigues.pdf</t>
   </si>
   <si>
     <t>REQUER AO CHEFE DO PODER EXECUTIVO MUNICIPAL, A REVITALIZAÇÃO DA ESTRADA DA FAZENDA CARIDADE QUE DÁ ACESSO AO ASSENTAMENTO OLHO D'ÁGUA E A FERROVIA.</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
-    <t>ELIMÁRIA LOPES DE MOURA</t>
-[...2 lines deleted...]
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/124/requerimento_no_53-2022._ver._elimaria_lopes_de_moura.pdf</t>
+    <t>Elimária Lopes de Moura</t>
+  </si>
+  <si>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/124/requerimento_no_53-2022._ver._elimaria_lopes_de_moura.pdf</t>
   </si>
   <si>
     <t>REQUER AO CHEFE DO PODER EXECUTIVO MUNICIPAL, A REVITALIZAÇÃO DA AVENIDA JK.</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/125/requerimento_no_54-2022._ver._elimaria_lopes_de_moura.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/125/requerimento_no_54-2022._ver._elimaria_lopes_de_moura.pdf</t>
   </si>
   <si>
     <t>REQUER AO CHEFE DO PODER EXECUTIVO MUNICIPAL, A CONSTRUÇÃO DO CENTRO DE CONVENÇÕES DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/126/requerimento_no_55-2022._ver._elimaria_lopes_de_moura.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/126/requerimento_no_55-2022._ver._elimaria_lopes_de_moura.pdf</t>
   </si>
   <si>
     <t>REQUER AO CHEFE DO PODER EXECUTIVO MUNICIPAL, UM CAMINHÃO PIPA PARA ATENDER A ZONA RURAL E URBANA NA ÉPOCA DE ESTIAGEM.</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/127/requerimento_no_56-2022._ver._jesse_vinicius_rodrigues.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/127/requerimento_no_56-2022._ver._jesse_vinicius_rodrigues.pdf</t>
   </si>
   <si>
     <t>REQUER AO CHEFE DO PODER EXECUTIVO MUNICIPAL, A AMPLIAÇÃO DA GARAGEM DA PREFEITURA.</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/128/requerimento_no_57-2022._ver._jesse_vinicius_rodrigues.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/128/requerimento_no_57-2022._ver._jesse_vinicius_rodrigues.pdf</t>
   </si>
   <si>
     <t>REQUER AO CHEFE DO PODER EXECUTIVO MUNICIPAL, FAZER A GARAGEM DO HOSPITAL.</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/129/requerimento_no_58-2022._ver._jesse_vinicius_rodrigues.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/129/requerimento_no_58-2022._ver._jesse_vinicius_rodrigues.pdf</t>
   </si>
   <si>
     <t>REQUER AO CHEFE DO PODER EXECUTIVO MUNICIPAL, FAZER O REPARO NA PONTE DA FAZENDA DO WILSON PROFESSOR E FAMÍLIA.</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/130/requerimento_no_59-2022._ver._jesse_vinicius_rodrigues.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/130/requerimento_no_59-2022._ver._jesse_vinicius_rodrigues.pdf</t>
   </si>
   <si>
     <t>REQUER AO CHEFE DO PODER EXECUTIVO MUNICIPAL, MUDAR A FEIRA COBERTA ATUAL PARA QUADRA DE FRENTE A SORVETERIA DA VALÉRIA NO CENTRO DA CIDADE.</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/131/requerimento_no_60-2022._ver._jesse_vinicius_rodrigues.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/131/requerimento_no_60-2022._ver._jesse_vinicius_rodrigues.pdf</t>
   </si>
   <si>
     <t>REQUER AO CHEFE DO PODER EXECUTIVO MUNICIPAL, QUE REALIZE MUTIRÃO DE MORADIA SOLIDÁRIA.</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/132/requerimento_no_61-2022._ver._jesse_vinicius_rodrigues.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/132/requerimento_no_61-2022._ver._jesse_vinicius_rodrigues.pdf</t>
   </si>
   <si>
     <t>REQUER AO CHEFE DO PODER EXECUTIVO MUNICIPAL,  QUE A SECRETARIA DE AGRICULTURA ANGARIE ADUBOS E SEMENTES DE PLANTAS PARA OS PEQUENOS PRODUTORES.</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/133/requerimento_no_63-2022._ver._joao_rodrigues_costa.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/133/requerimento_no_63-2022._ver._joao_rodrigues_costa.pdf</t>
   </si>
   <si>
     <t>REQUER AO CHEFE DO PODER EXECUTIVO MUNICIPAL, A CONSTRUÇÃO DE UM QUEBRA-MOLA E UMA FAIXA DE PEDESTRE EM FRENTE AO CENTRO DE ENSINO MUNICIPAL CRISTINO RÉGIS CARDOSO (CMEI).</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/134/requerimento_no_64-2022._ver._ma_raimunda_pereira_cavalcante_costa.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/134/requerimento_no_64-2022._ver._ma_raimunda_pereira_cavalcante_costa.pdf</t>
   </si>
   <si>
     <t>REQUER AO CHEFE DO PODER EXECUTIVO MUNICIPAL, A ILUMINAÇÃO DA RUA BANCÁRIO MOREIRA.</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/135/requerimento_no_65-2022._ver._ma_raimunda_pereira_cavalcante_costa.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/135/requerimento_no_65-2022._ver._ma_raimunda_pereira_cavalcante_costa.pdf</t>
   </si>
   <si>
     <t>REQUER AO CHEFE DO PODER EXECUTIVO MUNICIPAL, A REABERTURA DA FEIRA COBERTA, HIGIENIZAÇÃO, CONTRATAÇÃO DO MASTIGADO DA JUMENTA E ANUNCIO EM CARRO DE SOM.</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/136/requerimento_no_66-2022._ver._ma_raimunnda_pereira_cavalcante_costa.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/136/requerimento_no_66-2022._ver._ma_raimunnda_pereira_cavalcante_costa.pdf</t>
   </si>
   <si>
     <t>REQUER AO CHEFE DO PODER EXECUTIVO MUNICIPAL, UM VIGIA E O NOVO NOME DA ANTIGA FONTE LUMINOSA.</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/137/requerimento_no_67-2022._ver._cleiton_marinho_de_brito.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/137/requerimento_no_67-2022._ver._cleiton_marinho_de_brito.pdf</t>
   </si>
   <si>
     <t>REQUER AO CHEFE DO PODER EXECUTIVO MUNICIPAL, A CONSTRUÇÃO DE UMA FÁBRICA DE MANILHA.</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/138/requerimento_no_68-2022._ver._eldivan_machado_coelho.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/138/requerimento_no_68-2022._ver._eldivan_machado_coelho.pdf</t>
   </si>
   <si>
     <t>REQUER AO CHEFE DO PODER EXECUTIVO MUNICIPAL, A CONSTRUÇÃO DE DOIS QUEBRA-MOLAS NA AVENIDA JK, EM FRENTE AO POSTO CARRETEIRO.</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/139/requerimento_no_69-2022._ver._elimaria_lopes_de_moura.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/139/requerimento_no_69-2022._ver._elimaria_lopes_de_moura.pdf</t>
   </si>
   <si>
     <t>REQUER AO CHEFE DO PODER EXECUTIVO MUNICIPAL, A AQUISIÇÃO DE UMA PATROL.</t>
   </si>
   <si>
     <t>248</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/248/requerimento_no_70-2022._ver._joao_rodrigues_costa.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/248/requerimento_no_70-2022._ver._joao_rodrigues_costa.pdf</t>
   </si>
   <si>
     <t>REQUER AO CHEFE DO PODER EXECUTIVO MUNICIPAL, INSTALAÇÃO DE PLACAS DE SINALIZAÇÃO E FAIXA DE SINALIZAÇÃO NA AVENIDA JK, EM FRENTE O POSTO CARRETEIRO.</t>
   </si>
   <si>
     <t>249</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/249/requerimento_no_71-2022._ver._joao_rodrigues_costa.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/249/requerimento_no_71-2022._ver._joao_rodrigues_costa.pdf</t>
   </si>
   <si>
     <t>REQUER AO CHEFE DO PODER EXECUTIVO MUNICIPAL, A CONSTRUÇÃO DE UMA PRAÇA NO SETOR RIBEIRO.</t>
   </si>
   <si>
     <t>250</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/250/requerimento_no_72-2022._ver._ma_raimunda_pereira_cavalcante_costa.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/250/requerimento_no_72-2022._ver._ma_raimunda_pereira_cavalcante_costa.pdf</t>
   </si>
   <si>
     <t>REQUER AO CHEFE DO PODER EXECUTIVO MUNICIPAL, A DISPONIBILIZAÇÃO DO CAMINHÃO BAÚ PARA ATENDER OS FEIRANTES.</t>
   </si>
   <si>
     <t>251</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/251/requerimento_no_73-2022._ver._marco_aurelio_de_morais_nery.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/251/requerimento_no_73-2022._ver._marco_aurelio_de_morais_nery.pdf</t>
   </si>
   <si>
     <t>REQUER AO CHEFE DO PODER EXECUTIVO MUNICIPAL, INSTALAÇÃO DE CÂMERAS DE SEGURANÇA NAS RUAS E PRAÇAS DA CIDADE.</t>
   </si>
   <si>
     <t>252</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/252/requerimento_no_078-2022._ver._eldivan_machado_coelho.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/252/requerimento_no_078-2022._ver._eldivan_machado_coelho.pdf</t>
   </si>
   <si>
     <t>REQUER AO CHEFE DO PODER EXECUTIVO MUNICIPAL, CALÇAMENTO DOS ESTACIONAMENTOS NA AVENIDA BERNARDO SAYÃO, ONDE FOR NECESSÁRIO.</t>
   </si>
   <si>
     <t>253</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/253/requerimento_no_079-2022._ver._eldivan_machado_coelho..pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/253/requerimento_no_079-2022._ver._eldivan_machado_coelho..pdf</t>
   </si>
   <si>
     <t>REQUER AO CHEFE DO PODER EXECUTIVO MUNICIPAL, A CONSTRUÇÃO DE UM PISTA DE CAMINHADA NA AVENIDA BERNARDO SAYÃO.</t>
   </si>
   <si>
     <t>254</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/254/requerimento_no_081-2022._ver._vanderson_de_morais_ferreira..pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/254/requerimento_no_081-2022._ver._vanderson_de_morais_ferreira..pdf</t>
   </si>
   <si>
     <t>REQUER AO CHEFE DO PODER EXECUTIVO MUNICIPAL, A INSTALAÇÃO DE CERCA ELÉTRICA E SERPENTINA NAS ESCOLAS MUNICIPAIS E DO CMEI.</t>
   </si>
   <si>
     <t>255</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/255/requerimento_no_082-2022._ver._cleiton_marinho_de_brito.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/255/requerimento_no_082-2022._ver._cleiton_marinho_de_brito.pdf</t>
   </si>
   <si>
     <t>REQUER AO CHEFE DO PODER EXECUTIVO MUNICIPAL, POSTO DE ATENDIMENTO DO DETRAN-TO</t>
   </si>
   <si>
     <t>256</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/256/requerimento_no_083-2022._ver._josival_rocha_rodrigues..pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/256/requerimento_no_083-2022._ver._josival_rocha_rodrigues..pdf</t>
   </si>
   <si>
     <t>REQUER AO CHEFE DO PODER EXECUTIVO MUNICIPAL, A PLOTAGEM DO VEÍCULO (PÁLIO), DA SECRETARIA DE TRANSPORTE.</t>
   </si>
   <si>
     <t>257</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/257/requerimento_no_84-2022._ver._joao_rodrigues_costa.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/257/requerimento_no_84-2022._ver._joao_rodrigues_costa.pdf</t>
   </si>
   <si>
     <t>REQUER AO CHEFE DO PODER EXECUTIVO MUNICIPAL, O ALINHAMENTO DA ESTRADA NA FAZENDA DO SENHOR LEONARDO.</t>
   </si>
   <si>
     <t>258</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/258/requerimento_no_85-2022._ver._cleiton_marinho_de_brito.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/258/requerimento_no_85-2022._ver._cleiton_marinho_de_brito.pdf</t>
   </si>
   <si>
     <t>REQUER AO CHEFE DO PODER EXECUTIVO MUNICIPAL, A AQUISIÇÃO DE UMA VAN PARA SECRETARIA DE SAÚDE DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>259</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/259/requerimento_no_86-2022._ver._elimaria_lopes_de_moura.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/259/requerimento_no_86-2022._ver._elimaria_lopes_de_moura.pdf</t>
   </si>
   <si>
     <t>REQUER AO CHEFE DO PODER EXECUTIVO MUNICIPAL, OPERAÇÃO TAPA BURACO NAS RUAS DA CIDADE.</t>
   </si>
   <si>
     <t>260</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/260/requerimento_no_88-2022._ver._ma._raimunda_pereira_cavalcante_costa.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/260/requerimento_no_88-2022._ver._ma._raimunda_pereira_cavalcante_costa.pdf</t>
   </si>
   <si>
     <t>REQUER AO CHEFE DO PODER EXECUTIVO MUNICIPAL, UM QUEBRA-MOLAS NA AVENIDA GOIÁS EM FRENTE A RESIDÊNCIA DA SENHORA DENAIR.</t>
   </si>
   <si>
     <t>261</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/261/requerimento_no_89-2022._ver._ma._raimunda_pereira_cavalcante_costa.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/261/requerimento_no_89-2022._ver._ma._raimunda_pereira_cavalcante_costa.pdf</t>
   </si>
   <si>
     <t>REQUER AO CHEFE DO PODER EXECUTIVO MUNICIPAL, FAZER A SINALIZAÇÃO DAS RUAS E DOS QUEBRA-MOLAS DA CIDADE.</t>
   </si>
   <si>
     <t>262</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/262/requerimento_no_90-2022._ver._josival_rocha_rodrigues.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/262/requerimento_no_90-2022._ver._josival_rocha_rodrigues.pdf</t>
   </si>
   <si>
     <t>REQUER AO CHEFE DO PODER EXECUTIVO MUNICIPAL, COLOQUE AS PLACAS SINALIZANDO A ANTIGA RUA BAHIA.</t>
   </si>
   <si>
     <t>263</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/263/requerimento_no_91-2022._ver._ma._raimunda_pereira_cavalcante_costa.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/263/requerimento_no_91-2022._ver._ma._raimunda_pereira_cavalcante_costa.pdf</t>
   </si>
   <si>
     <t>REQUER AO CHEFE DO PODER EXECUTIVO MUNICIPAL, FAZER UM QUEBRA-MOLAS NA RUA 13 DE MAIO.</t>
   </si>
   <si>
     <t>264</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/264/requerimento_no_93-2022._ver._joao_rodrigueis_costa-1.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/264/requerimento_no_93-2022._ver._joao_rodrigueis_costa-1.pdf</t>
   </si>
   <si>
     <t>REQUER AO CHEFE DO PODER EXECUTIVO MUNICIPAL, AMPLIAR A ESTRUTURA DA PARTE ADMINISTRATIVA DO HOSPITAL MUNICIPAL.</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/265/requerimento_no_94-2022._ver._jesse_vinicius_rodrigues.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/265/requerimento_no_94-2022._ver._jesse_vinicius_rodrigues.pdf</t>
   </si>
   <si>
     <t>REQUER AO CHEFE DO PODER EXECUTIVO MUNICIPAL, A CONSTRUÇÃO DE UM TARTESAL DE LEILÕES.</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/266/requerimento_no_95-2022._ver._josival_rocha_rodrigues.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/266/requerimento_no_95-2022._ver._josival_rocha_rodrigues.pdf</t>
   </si>
   <si>
     <t>REQUER AO CHEFE DO PODER EXECUTIVO MUNICIPAL, CANALETAS DE ESCOAMENTO NAS RUAS ONDE ESTIVER REPRESANDO ÁGUA.</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/267/requqrimento_no_96-2022._ver._ma._raimunda_perreira_cavalcante_costa.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/267/requqrimento_no_96-2022._ver._ma._raimunda_perreira_cavalcante_costa.pdf</t>
   </si>
   <si>
     <t>REQUER AO CHEFE DO PODER EXECUTIVO MUNICIPAL, AQUISIÇÃO DE UM MICRO-ÔNIBUS DESTINADA A SECRETARIA DE EDUCAÇÃO.</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/268/requqrimento_no_97-2022._ver._joao_rodrigues_costa.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/268/requqrimento_no_97-2022._ver._joao_rodrigues_costa.pdf</t>
   </si>
   <si>
     <t>REQUER AO CHEFE DO PODER EXECUTIVO MUNICIPAL, UM BUEIRO NA ESTRADA DO SR. NILSON FURTADO DE MENDONÇA QUE DA ACESSO A REGIÃO DO SÃO JOÃO.</t>
   </si>
   <si>
     <t>269</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/269/requqrimento_no_98-2022._ver._joao_rodrigues_costa.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/269/requqrimento_no_98-2022._ver._joao_rodrigues_costa.pdf</t>
   </si>
   <si>
     <t>REQUER AO CHEFE DO PODER EXECUTIVO MUNICIPAL, UM BUEIRO NA ESTRADA DO SR. PAULINHO.</t>
   </si>
   <si>
     <t>270</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/270/requqrimento_no_100-2022._ver._joao_rodrigues_costa.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/270/requqrimento_no_100-2022._ver._joao_rodrigues_costa.pdf</t>
   </si>
   <si>
     <t>REQUER AO CHEFE DO PODER EXECUTIVO MUNICIPAL, REVITALIZAÇÃO DA TO 348 QUE LIGA O MUNICÍPIO ATÉ A REGIÃO DO RIO PIRANHA.</t>
   </si>
   <si>
     <t>271</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/271/requerimento_no_102-2022._ver._jesse_vinicius_rodrigues.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/271/requerimento_no_102-2022._ver._jesse_vinicius_rodrigues.pdf</t>
   </si>
   <si>
     <t>REQUER AO CHEFE DO PODER EXECUTIVO MUNICIPAL, A AMPLIAÇÃO E AQUISIÇÃO DE MAIS EQUIPAMENTOS PARA A ACADEMIA DA SAÚDE.</t>
   </si>
   <si>
     <t>272</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/272/requerimento_no_103-2022._ver._ma_raimunda_pereira_cavalcante_costa.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/272/requerimento_no_103-2022._ver._ma_raimunda_pereira_cavalcante_costa.pdf</t>
   </si>
   <si>
     <t>REQUER AO CHEFE DO PODER EXECUTIVO MUNICIPAL, UMA ACADEMIA AO AR LIVRE NAS PRAÇAS.</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/273/requerimento_no_104-2022._ver._jesse_vinicius_rodrigues.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/273/requerimento_no_104-2022._ver._jesse_vinicius_rodrigues.pdf</t>
   </si>
   <si>
     <t>REQUER AO CHEFE DO PODER EXECUTIVO MUNICIPAL, A CONTRATAÇÃO DE UM VETERINÁRIO DESTINADO AO SIM.</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/</t>
   </si>
   <si>
     <t>REQUER AO CHEFE DO PODER EXECUTIVO MUNICIPAL, UM TRANSPORTE, PARA EQUIPE DO IBGE.</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/275/requerimento_no_113._ver._cleiton_marinho_de_brito.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/275/requerimento_no_113._ver._cleiton_marinho_de_brito.pdf</t>
   </si>
   <si>
     <t>REQUER AO CHEFE DO PODER EXECUTIVO MUNICIPAL, A COLETA DE LIXO EM TODA A ZONA RURAL.</t>
   </si>
   <si>
     <t>454</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/454/requerimento_no_114-2022._ver._vanderson_de_moraes_ferreira.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/454/requerimento_no_114-2022._ver._vanderson_de_moraes_ferreira.pdf</t>
   </si>
   <si>
     <t>REQUER AO CHEFE DO PODER EXECUTIVO MUNICIPAL, A COMPRA DE MATERIAIS PARA A PRÁTICA DO ESPORTE BEACH TENNIS.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -1642,68 +1642,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/349/projeto_de_lei_no_001_de_13_de_setembro_de_2022.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/350/projeto_de_lei_no_265_de_04_de_maio_de_2022.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/352/projeto_de_lei_ordinaria_no_266_de_04_de_maio_de_2022.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/351/projeto_de_lei_no_267_de_04_de_maio_de_2022.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/353/projeto_de_lei_no_268_de_09_de_maio_de_2022.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/354/projeto_de_lei_no_273_de_08_de_agosto_de_2022.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/355/projeto_de_lei_no_274-2022.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/357/projeto_de_lei_no_276-2022.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/358/projeto_de_lei_no_277-2022.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/359/projeto_de_lei_no_278-2022.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/360/projeto_de_lei_ordinaria_no_279-2022.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/356/projeto_de_lei_complementar_no_275-2022.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/455/projeto_de_resolucao_no_001_de_01_de_julho_de_2022.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/456/projeto_de_resolucao_no_006_de_24_de_novembro_2022.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/52/requerimento_no_01-2022._ver._ma_raimunda_pereira_cavalcante_costa.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/53/requerimento_no_02-2022._ver._ma_raimunda_pereira_cavalcante_costa.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/54/requerimento_no_03-2022._ver._ma_raimunda_pereira_cavalcante_costa.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/55/requerimento_no_04-2022._ver._ma_raimunda_pereira_cavalcante_costa.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/56/requerimento_no_05-2022._ver._ma_raimunda_pereira_cavalcante_costa.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/57/requerimento_no_06-2022._ver._ma_raimunda_pereira_cavalcante_costa.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/58/requerimento_no_08-2022._ver._ma_raimunda_e_vanderson.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/59/requerimento_no_09-2022._ver._joao_rodrigues_costa.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/60/requerimento_no_10-2022._ver._joao_rodrigues_costa.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/61/requerimento_no_11-2022._ver._joao_rodrigues_costa.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/62/requerimento_no_12-2022._ver._joao_rodrigues_costa.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/63/requerimento_no_13-2022._ver._joao_rodrigues_costa.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/64/requerimento_no_14-2022._ver._joao_rodrigues_costa.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/65/requerimento_no_15-2022._ver._joao_rodrigues_costa.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/66/requerimento_no_16-2022._ver._joao_rodrigues_costa.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/67/requerimento_no_17-2022._ver._joao_rodrigues_costa.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/68/requerimento_no_18-2022._ver._joao_rodrigues_costa.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/69/requerimento_no_19-2022._ver._ma_raimunda_pereira_cavalcante_costa.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/70/requerimento_no_20-2022._ver._jesse_vinicius_rodrigues.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/71/requerimento_no_21-2022._ver._jesse_vinicius_rodrigues.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/72/requerimento_no_22-2022._ver._jesse_vinicius_rodrigues.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/73/requerimento_no_23-2022._ver._joao_rodrigues_costa.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/74/requerimento_no_24-2022._ver._marco_aurelio_de_moraes_nery.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/75/requerimento_no_25-2022._ver._marco_aurelio_de_morais_nery.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/97/requerimento_no_26-2022._ver._marco_aurelio_de_moraes_nery.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/98/requerimento_no_27-2022._ver._josival_rocha_rodrigues.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/99/requerimento_no_28-2022._ver._eldivan_machado_coelho.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/100/requerimento_no_29-2022._ver._vanderson_de_morais_ferreira.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/101/requerimento_no_30-2022._ver._vanderson_de_morais_ferreira.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/102/requerimento_no_31-2022._ver._eldivan_machado_coelho.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/103/requerimento_no_32-2022._ver._josival_rocha_rodrigues.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/104/requerimento_no_33-2022._ver._josival_rocha_rodrigues.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/105/requerimento_no_34-2022._ver._josival_rocha_rodrigues.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/106/requerimento_no_35-2022._ver._cleiton_marinho_de_brito.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/107/requerimento_no_36-2022._ver._cleiton_marinho_de_brito.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/108/requerimento_no_37-2022._ver._cleiton_marinho_de_brito.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/109/requerimento_no_38-2022._ver._cleiton_marinho_de_brito.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/110/requerimento_no_39-2022._ver._cleiton_marinho_de_brito.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/111/requerimento_no_40-2022._ver._cleiton_marinho_de_brito.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/112/requerimento_no_41-2022._ver._cleiton_marinho_de_brito.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/113/requerimento_no_42-2022._ver._cleiton_marinho_de_brito.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/114/requerimento_no_43-2022._ver._cleiton_marinho_de_brito.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/115/requerimento_no_44-2022._ver._cleiton_marinho_de_brito.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/116/requerimento_no_45-2022._ver._eldivan_machado_coelho.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/117/requerimento_no_46-2022._ver._ma_raimunda_pereira_cavalcante_costa.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/118/requerimento_no_47-2022._ver._marco_aurelio_de_morais_nery.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/119/requerimento_no_48-2022._ver._vanderson_de_morais..pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/120/requerimento_no_49-2022._ver._vanderson_de_morais..pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/121/requerimento_no_50-2022._ver._marco_aurelio_de_morais_nery.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/122/requerimento_no_51-2022._ver._joao_rodrigues_costa.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/123/requerimento_no_52-2022._ver._josival_rocha_rodrigues.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/124/requerimento_no_53-2022._ver._elimaria_lopes_de_moura.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/125/requerimento_no_54-2022._ver._elimaria_lopes_de_moura.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/126/requerimento_no_55-2022._ver._elimaria_lopes_de_moura.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/127/requerimento_no_56-2022._ver._jesse_vinicius_rodrigues.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/128/requerimento_no_57-2022._ver._jesse_vinicius_rodrigues.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/129/requerimento_no_58-2022._ver._jesse_vinicius_rodrigues.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/130/requerimento_no_59-2022._ver._jesse_vinicius_rodrigues.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/131/requerimento_no_60-2022._ver._jesse_vinicius_rodrigues.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/132/requerimento_no_61-2022._ver._jesse_vinicius_rodrigues.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/133/requerimento_no_63-2022._ver._joao_rodrigues_costa.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/134/requerimento_no_64-2022._ver._ma_raimunda_pereira_cavalcante_costa.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/135/requerimento_no_65-2022._ver._ma_raimunda_pereira_cavalcante_costa.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/136/requerimento_no_66-2022._ver._ma_raimunnda_pereira_cavalcante_costa.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/137/requerimento_no_67-2022._ver._cleiton_marinho_de_brito.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/138/requerimento_no_68-2022._ver._eldivan_machado_coelho.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/139/requerimento_no_69-2022._ver._elimaria_lopes_de_moura.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/248/requerimento_no_70-2022._ver._joao_rodrigues_costa.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/249/requerimento_no_71-2022._ver._joao_rodrigues_costa.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/250/requerimento_no_72-2022._ver._ma_raimunda_pereira_cavalcante_costa.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/251/requerimento_no_73-2022._ver._marco_aurelio_de_morais_nery.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/252/requerimento_no_078-2022._ver._eldivan_machado_coelho.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/253/requerimento_no_079-2022._ver._eldivan_machado_coelho..pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/254/requerimento_no_081-2022._ver._vanderson_de_morais_ferreira..pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/255/requerimento_no_082-2022._ver._cleiton_marinho_de_brito.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/256/requerimento_no_083-2022._ver._josival_rocha_rodrigues..pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/257/requerimento_no_84-2022._ver._joao_rodrigues_costa.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/258/requerimento_no_85-2022._ver._cleiton_marinho_de_brito.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/259/requerimento_no_86-2022._ver._elimaria_lopes_de_moura.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/260/requerimento_no_88-2022._ver._ma._raimunda_pereira_cavalcante_costa.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/261/requerimento_no_89-2022._ver._ma._raimunda_pereira_cavalcante_costa.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/262/requerimento_no_90-2022._ver._josival_rocha_rodrigues.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/263/requerimento_no_91-2022._ver._ma._raimunda_pereira_cavalcante_costa.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/264/requerimento_no_93-2022._ver._joao_rodrigueis_costa-1.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/265/requerimento_no_94-2022._ver._jesse_vinicius_rodrigues.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/266/requerimento_no_95-2022._ver._josival_rocha_rodrigues.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/267/requqrimento_no_96-2022._ver._ma._raimunda_perreira_cavalcante_costa.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/268/requqrimento_no_97-2022._ver._joao_rodrigues_costa.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/269/requqrimento_no_98-2022._ver._joao_rodrigues_costa.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/270/requqrimento_no_100-2022._ver._joao_rodrigues_costa.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/271/requerimento_no_102-2022._ver._jesse_vinicius_rodrigues.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/272/requerimento_no_103-2022._ver._ma_raimunda_pereira_cavalcante_costa.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/273/requerimento_no_104-2022._ver._jesse_vinicius_rodrigues.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/275/requerimento_no_113._ver._cleiton_marinho_de_brito.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/454/requerimento_no_114-2022._ver._vanderson_de_moraes_ferreira.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/349/projeto_de_lei_no_001_de_13_de_setembro_de_2022.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/350/projeto_de_lei_no_265_de_04_de_maio_de_2022.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/352/projeto_de_lei_ordinaria_no_266_de_04_de_maio_de_2022.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/351/projeto_de_lei_no_267_de_04_de_maio_de_2022.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/353/projeto_de_lei_no_268_de_09_de_maio_de_2022.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/354/projeto_de_lei_no_273_de_08_de_agosto_de_2022.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/355/projeto_de_lei_no_274-2022.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/357/projeto_de_lei_no_276-2022.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/358/projeto_de_lei_no_277-2022.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/359/projeto_de_lei_no_278-2022.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/360/projeto_de_lei_ordinaria_no_279-2022.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/356/projeto_de_lei_complementar_no_275-2022.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/455/projeto_de_resolucao_no_001_de_01_de_julho_de_2022.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/456/projeto_de_resolucao_no_006_de_24_de_novembro_2022.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/52/requerimento_no_01-2022._ver._ma_raimunda_pereira_cavalcante_costa.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/53/requerimento_no_02-2022._ver._ma_raimunda_pereira_cavalcante_costa.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/54/requerimento_no_03-2022._ver._ma_raimunda_pereira_cavalcante_costa.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/55/requerimento_no_04-2022._ver._ma_raimunda_pereira_cavalcante_costa.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/56/requerimento_no_05-2022._ver._ma_raimunda_pereira_cavalcante_costa.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/57/requerimento_no_06-2022._ver._ma_raimunda_pereira_cavalcante_costa.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/58/requerimento_no_08-2022._ver._ma_raimunda_e_vanderson.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/59/requerimento_no_09-2022._ver._joao_rodrigues_costa.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/60/requerimento_no_10-2022._ver._joao_rodrigues_costa.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/61/requerimento_no_11-2022._ver._joao_rodrigues_costa.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/62/requerimento_no_12-2022._ver._joao_rodrigues_costa.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/63/requerimento_no_13-2022._ver._joao_rodrigues_costa.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/64/requerimento_no_14-2022._ver._joao_rodrigues_costa.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/65/requerimento_no_15-2022._ver._joao_rodrigues_costa.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/66/requerimento_no_16-2022._ver._joao_rodrigues_costa.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/67/requerimento_no_17-2022._ver._joao_rodrigues_costa.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/68/requerimento_no_18-2022._ver._joao_rodrigues_costa.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/69/requerimento_no_19-2022._ver._ma_raimunda_pereira_cavalcante_costa.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/70/requerimento_no_20-2022._ver._jesse_vinicius_rodrigues.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/71/requerimento_no_21-2022._ver._jesse_vinicius_rodrigues.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/72/requerimento_no_22-2022._ver._jesse_vinicius_rodrigues.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/73/requerimento_no_23-2022._ver._joao_rodrigues_costa.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/74/requerimento_no_24-2022._ver._marco_aurelio_de_moraes_nery.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/75/requerimento_no_25-2022._ver._marco_aurelio_de_morais_nery.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/97/requerimento_no_26-2022._ver._marco_aurelio_de_moraes_nery.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/98/requerimento_no_27-2022._ver._josival_rocha_rodrigues.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/99/requerimento_no_28-2022._ver._eldivan_machado_coelho.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/100/requerimento_no_29-2022._ver._vanderson_de_morais_ferreira.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/101/requerimento_no_30-2022._ver._vanderson_de_morais_ferreira.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/102/requerimento_no_31-2022._ver._eldivan_machado_coelho.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/103/requerimento_no_32-2022._ver._josival_rocha_rodrigues.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/104/requerimento_no_33-2022._ver._josival_rocha_rodrigues.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/105/requerimento_no_34-2022._ver._josival_rocha_rodrigues.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/106/requerimento_no_35-2022._ver._cleiton_marinho_de_brito.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/107/requerimento_no_36-2022._ver._cleiton_marinho_de_brito.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/108/requerimento_no_37-2022._ver._cleiton_marinho_de_brito.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/109/requerimento_no_38-2022._ver._cleiton_marinho_de_brito.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/110/requerimento_no_39-2022._ver._cleiton_marinho_de_brito.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/111/requerimento_no_40-2022._ver._cleiton_marinho_de_brito.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/112/requerimento_no_41-2022._ver._cleiton_marinho_de_brito.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/113/requerimento_no_42-2022._ver._cleiton_marinho_de_brito.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/114/requerimento_no_43-2022._ver._cleiton_marinho_de_brito.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/115/requerimento_no_44-2022._ver._cleiton_marinho_de_brito.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/116/requerimento_no_45-2022._ver._eldivan_machado_coelho.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/117/requerimento_no_46-2022._ver._ma_raimunda_pereira_cavalcante_costa.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/118/requerimento_no_47-2022._ver._marco_aurelio_de_morais_nery.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/119/requerimento_no_48-2022._ver._vanderson_de_morais..pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/120/requerimento_no_49-2022._ver._vanderson_de_morais..pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/121/requerimento_no_50-2022._ver._marco_aurelio_de_morais_nery.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/122/requerimento_no_51-2022._ver._joao_rodrigues_costa.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/123/requerimento_no_52-2022._ver._josival_rocha_rodrigues.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/124/requerimento_no_53-2022._ver._elimaria_lopes_de_moura.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/125/requerimento_no_54-2022._ver._elimaria_lopes_de_moura.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/126/requerimento_no_55-2022._ver._elimaria_lopes_de_moura.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/127/requerimento_no_56-2022._ver._jesse_vinicius_rodrigues.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/128/requerimento_no_57-2022._ver._jesse_vinicius_rodrigues.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/129/requerimento_no_58-2022._ver._jesse_vinicius_rodrigues.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/130/requerimento_no_59-2022._ver._jesse_vinicius_rodrigues.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/131/requerimento_no_60-2022._ver._jesse_vinicius_rodrigues.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/132/requerimento_no_61-2022._ver._jesse_vinicius_rodrigues.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/133/requerimento_no_63-2022._ver._joao_rodrigues_costa.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/134/requerimento_no_64-2022._ver._ma_raimunda_pereira_cavalcante_costa.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/135/requerimento_no_65-2022._ver._ma_raimunda_pereira_cavalcante_costa.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/136/requerimento_no_66-2022._ver._ma_raimunnda_pereira_cavalcante_costa.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/137/requerimento_no_67-2022._ver._cleiton_marinho_de_brito.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/138/requerimento_no_68-2022._ver._eldivan_machado_coelho.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/139/requerimento_no_69-2022._ver._elimaria_lopes_de_moura.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/248/requerimento_no_70-2022._ver._joao_rodrigues_costa.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/249/requerimento_no_71-2022._ver._joao_rodrigues_costa.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/250/requerimento_no_72-2022._ver._ma_raimunda_pereira_cavalcante_costa.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/251/requerimento_no_73-2022._ver._marco_aurelio_de_morais_nery.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/252/requerimento_no_078-2022._ver._eldivan_machado_coelho.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/253/requerimento_no_079-2022._ver._eldivan_machado_coelho..pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/254/requerimento_no_081-2022._ver._vanderson_de_morais_ferreira..pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/255/requerimento_no_082-2022._ver._cleiton_marinho_de_brito.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/256/requerimento_no_083-2022._ver._josival_rocha_rodrigues..pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/257/requerimento_no_84-2022._ver._joao_rodrigues_costa.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/258/requerimento_no_85-2022._ver._cleiton_marinho_de_brito.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/259/requerimento_no_86-2022._ver._elimaria_lopes_de_moura.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/260/requerimento_no_88-2022._ver._ma._raimunda_pereira_cavalcante_costa.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/261/requerimento_no_89-2022._ver._ma._raimunda_pereira_cavalcante_costa.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/262/requerimento_no_90-2022._ver._josival_rocha_rodrigues.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/263/requerimento_no_91-2022._ver._ma._raimunda_pereira_cavalcante_costa.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/264/requerimento_no_93-2022._ver._joao_rodrigueis_costa-1.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/265/requerimento_no_94-2022._ver._jesse_vinicius_rodrigues.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/266/requerimento_no_95-2022._ver._josival_rocha_rodrigues.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/267/requqrimento_no_96-2022._ver._ma._raimunda_perreira_cavalcante_costa.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/268/requqrimento_no_97-2022._ver._joao_rodrigues_costa.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/269/requqrimento_no_98-2022._ver._joao_rodrigues_costa.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/270/requqrimento_no_100-2022._ver._joao_rodrigues_costa.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/271/requerimento_no_102-2022._ver._jesse_vinicius_rodrigues.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/272/requerimento_no_103-2022._ver._ma_raimunda_pereira_cavalcante_costa.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/273/requerimento_no_104-2022._ver._jesse_vinicius_rodrigues.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/275/requerimento_no_113._ver._cleiton_marinho_de_brito.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2022/454/requerimento_no_114-2022._ver._vanderson_de_moraes_ferreira.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H111"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
-    <col min="6" max="6" width="74.85546875" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="143.42578125" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="64.5703125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="142.5703125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="205.140625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>