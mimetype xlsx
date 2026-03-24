--- v0 (2025-10-25)
+++ v1 (2026-03-24)
@@ -51,1301 +51,1301 @@
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>458</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
-    <t>MARIA RAIMUNDA PEREIRA CAVALCANTE COSTA</t>
-[...2 lines deleted...]
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/458/projeto_de_decreto_leggislativo_no_06-2023.pdf</t>
+    <t>Maria Raimunda Pereira Cavalcante Costa</t>
+  </si>
+  <si>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/458/projeto_de_decreto_leggislativo_no_06-2023.pdf</t>
   </si>
   <si>
     <t>Concede Título de Cidadão Barrolandense ao Ilmo.  Sr. Neirton José de Almeida.</t>
   </si>
   <si>
     <t>523</t>
   </si>
   <si>
     <t>281</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>ADRIANO JOSÉ RIBEIRO</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/523/projeto_de_lei_no_281_de_02_de_fevereiro_de_2023.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/523/projeto_de_lei_no_281_de_02_de_fevereiro_de_2023.pdf</t>
   </si>
   <si>
     <t>Altera a estrutura administrativa e o salário dos servidores do Fundo Municipal de Saúde do Município de Barrolândia do Tocantins.</t>
   </si>
   <si>
     <t>524</t>
   </si>
   <si>
     <t>282</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/524/projeto_de_lei_no_282_de_11_de_janeiro_de_2023.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/524/projeto_de_lei_no_282_de_11_de_janeiro_de_2023.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Municipal nº 198/2019 que Dispõe sobre reestruturação do plano de Cargos, Carreiras e Remuneração dos Profissionais do Magistério da Educação Básica do Município de Barrolândia.</t>
   </si>
   <si>
     <t>525</t>
   </si>
   <si>
     <t>285</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/525/projeto_de_lei_ordinaria_no_285-2023.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/525/projeto_de_lei_ordinaria_no_285-2023.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Municipal nº 254/2021 de 12 de novembro de 2021 que dispõe sobre o Conselho Tutelar, Conselho Municipal dos Direitos da Criança e do Adolescente e regulamenta o Fundo Municipal dos Direitos da Criança e do Adolescente.</t>
   </si>
   <si>
     <t>526</t>
   </si>
   <si>
     <t>286</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/526/projeto_de_lei_no_286-2023.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/526/projeto_de_lei_no_286-2023.pdf</t>
   </si>
   <si>
     <t>Autoriza o poder executivo a conceder auxílio financeiro ao sindicato rural de Barrolândia/TO.</t>
   </si>
   <si>
     <t>527</t>
   </si>
   <si>
     <t>287</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/527/projeto_de_lei_no_287_de_14_de_junho.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/527/projeto_de_lei_no_287_de_14_de_junho.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo alterar imóvel público municipal.</t>
   </si>
   <si>
     <t>528</t>
   </si>
   <si>
     <t>288</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/528/projeto_de_lei_no_288_de_07_de_agosto.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/528/projeto_de_lei_no_288_de_07_de_agosto.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a Abertura de Crédito Adicional Especial, devido a previsão de nova receita de Convênio.</t>
   </si>
   <si>
     <t>529</t>
   </si>
   <si>
     <t>289</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/529/projeto_de_lei_no_289_de_07_de_agosto.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/529/projeto_de_lei_no_289_de_07_de_agosto.pdf</t>
   </si>
   <si>
     <t>Altera a lei nº 255/2021 que instituiu o Plano Plurianual municipal para o quadriênio de 2022/2025.</t>
   </si>
   <si>
     <t>530</t>
   </si>
   <si>
     <t>290</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/530/projeto_de_lei_no_290_de_07_de_agosto.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/530/projeto_de_lei_no_290_de_07_de_agosto.pdf</t>
   </si>
   <si>
     <t>Altera a Lei 278/2022, que instituiu a Lei de Diretrizes Orçamentária para o exercício de 2023.</t>
   </si>
   <si>
     <t>531</t>
   </si>
   <si>
     <t>291</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/531/projeto_de_lei_no_291_de_07_de_agosto.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/531/projeto_de_lei_no_291_de_07_de_agosto.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a autorização para doação de imóvel de propriedade do município de Barrolândia para o Instituto IAMASTEF do Estado do Tocantins.</t>
   </si>
   <si>
     <t>532</t>
   </si>
   <si>
     <t>292</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/532/projeto_de_lei_no_292_de_07_de_agosto.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/532/projeto_de_lei_no_292_de_07_de_agosto.pdf</t>
   </si>
   <si>
     <t>Autoriza o pagamento de gratificação de função ao servidor que participar de processo administrativo disciplinar ou comissão de sindicância.</t>
   </si>
   <si>
     <t>533</t>
   </si>
   <si>
     <t>293</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/533/projeto_de_lei_no_293_de_08_de_agosto.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/533/projeto_de_lei_no_293_de_08_de_agosto.pdf</t>
   </si>
   <si>
     <t>Altera a carga horária e ajusta a remuneração do cargo de EDUCADOR FÍSICO na estrutura do fundo Municipal de Saúde do Município de Barrolândia/TO.</t>
   </si>
   <si>
     <t>534</t>
   </si>
   <si>
     <t>294</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/534/projeto_de_lei_no_294_de_07_de_agosto.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/534/projeto_de_lei_no_294_de_07_de_agosto.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo construir refeitório na APAE no município de Barrolândia/TO.</t>
   </si>
   <si>
     <t>553</t>
   </si>
   <si>
     <t>298</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/553/298.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/553/298.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A REPASSAR RECURSOS RECEBIDOS DA UNIÃO PARA CUMPRIMENTO DA ASSISTÊNCIA FINANCEIRA COMPLEMENTAR DE QUE TRATA A EMENDA CONSTITUCIONAL 127/2022.</t>
   </si>
   <si>
     <t>554</t>
   </si>
   <si>
     <t>299</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/554/299.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/554/299.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Serviço de Inspeção Municipal de Produtos de Origem Animal (SIMIPOA).</t>
   </si>
   <si>
     <t>569</t>
   </si>
   <si>
     <t>306</t>
   </si>
   <si>
     <t>Prefeitura Municipal de Barrolândia/TO - PMB</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/569/projeto_de_lei_-_ppa_-_2024-2025.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/569/projeto_de_lei_-_ppa_-_2024-2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre alterações/atualizações do Plano Plurianual de governo do município, para o período de 2024/2025.</t>
   </si>
   <si>
     <t>457</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>JOÃO RODRIGUES COSTA</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/457/requerimento_de_no_01.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/457/requerimento_de_no_01.pdf</t>
   </si>
   <si>
     <t>Requer a realização de recapeamento das ruas da cidade onde for necessário.</t>
   </si>
   <si>
     <t>460</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/460/requerimento_de_no_02-2023.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/460/requerimento_de_no_02-2023.pdf</t>
   </si>
   <si>
     <t>REQUER AO CHEFE DO PODER EXECUTIVO MUNICIPAL DE BARROLÂNDIA, DEPOIS DE OUVIDO O PLENÁRIO, FAZER PAVIMENTAÇÃO ASFÁLTICA DA AVENIDA BERNARDO SAYÃO ATÉ O PARQUE DE EXPOSIÇÃO AGROPECUARIA.</t>
   </si>
   <si>
     <t>461</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/461/requerimento_de_no_03.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/461/requerimento_de_no_03.pdf</t>
   </si>
   <si>
     <t>REQUER AO CHEFE DO PODER EXECUTIVO MUNICIPAL DE BARROLÂNDIA, DEPOIS DE OUVIDO O PLENÁRIO, CONSTRUÇÃO DA PONTE NA REGIÃO DO CAMPO GRANDE.</t>
   </si>
   <si>
     <t>462</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/462/requerimento_de_no_04.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/462/requerimento_de_no_04.pdf</t>
   </si>
   <si>
     <t>REQUER AO CHEFE DO PODER EXECUTIVO MUNICIPAL DE BARROLÂNDIA, DEPOIS DE OUVIDO O PLENÁRIO, FAZER A REFORMA DO PREDIO DA ADAPEC E DA RURALTINS.</t>
   </si>
   <si>
     <t>463</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/463/requerimento_de_no_05.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/463/requerimento_de_no_05.pdf</t>
   </si>
   <si>
     <t>REQUER AO CHEFE DO PODER EXECUTIVO MUNICIPAL DE BARROLÂNDIA, DEPOIS DE OUVIDO O PLENÁRIO, CONSTRUÇÃO DE UMA PRAÇA NA AVENIDAA BERNARDO SAYÃO ABAIXO DO PRESÍDIO.</t>
   </si>
   <si>
     <t>464</t>
   </si>
   <si>
-    <t>MARCO AURELIO DE MORAIS NERY</t>
-[...2 lines deleted...]
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/464/requerimento_de_no_06.pdf</t>
+    <t>Marco Aurelio de Morais Nery</t>
+  </si>
+  <si>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/464/requerimento_de_no_06.pdf</t>
   </si>
   <si>
     <t>REQUER AO CHEFE DO PODER EXECUTIVO MUNICIPAL DE BARROLÂNDIA, DEPOIS DE OUVIDO O PLENÁRIO, CONSTRUÇÃO DA QUADRA POLIESPORTIVA DA ESCOLA MUNICIPAL MARCELLA COUTO CABRAL.</t>
   </si>
   <si>
     <t>465</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/465/requerimento_de_no_07.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/465/requerimento_de_no_07.pdf</t>
   </si>
   <si>
     <t>REQUER AO CHEFE DO PODER EXECUTIVO MUNICIPAL DE BARROLÂNDIA, DEPOIS DE OUVIDO O PLENÁRIO, FAZER UM QUEBRA-MOLAS NA RUA JUAREZ BUCAR.</t>
   </si>
   <si>
     <t>466</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/466/requerimento_de_no_08.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/466/requerimento_de_no_08.pdf</t>
   </si>
   <si>
     <t>REQUER AO CHEFE DO PODER EXECUTIVO MUNICIPAL DE BARROLÂNDIA, DEPOIS DE OUVIDO O PLENÁRIO, ALTERAR O MURO DA ESCOLA MUNICIPAL MARCELLA COUTO CABRAL.</t>
   </si>
   <si>
     <t>467</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>ELIMÁRIA LOPES DE MOURA</t>
-[...2 lines deleted...]
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/467/requerimento_de_no_09.pdf</t>
+    <t>Elimária Lopes de Moura</t>
+  </si>
+  <si>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/467/requerimento_de_no_09.pdf</t>
   </si>
   <si>
     <t>REQUER AO CHEFE DO PODER EXECUTIVO MUNICIPAL DE BARROLÂNDIA, DEPOIS DE OUVIDO O PLENÁRIO, FAZER UMA FAIXA DE PEDESTRE EM FRENTE A CASA LOTÉRICA.</t>
   </si>
   <si>
     <t>468</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/468/requerimento_de_no_10.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/468/requerimento_de_no_10.pdf</t>
   </si>
   <si>
     <t>REQUER AO CHEFE DO PODER EXECUTIVO MUNICIPAL DE BARROLÂNDIA, DEPOIS DE OUVIDO O PLENÁRIO, A CONSTRUÇÃO DE UMA PRAÇA NO SETOR RIBEIRO AO LADO DA ACADEMIA DA SAÚDE.</t>
   </si>
   <si>
     <t>469</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>JESSÉ VINICIUS RODRIGUES</t>
-[...2 lines deleted...]
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/469/requerimento_de_no_11.pdf</t>
+    <t>Jessé Vinicius Rodrigues</t>
+  </si>
+  <si>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/469/requerimento_de_no_11.pdf</t>
   </si>
   <si>
     <t>REQUER AO CHEFE DO PODER EXECUTIVO MUNICIPAL DE BARROLÂNDIA, DEPOIS DE OUVIDO O PLENÁRIO, FAZER AMPLIAÇÃO E PADRONIZAÇÃO DO BR SHOPPING.</t>
   </si>
   <si>
     <t>470</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/470/requerimento_de_no_12.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/470/requerimento_de_no_12.pdf</t>
   </si>
   <si>
     <t>REQUER AO CHEFE DO PODER EXECUTIVO MUNICIPAL DE BARROLÂNDIA, DEPOIS DE OUVIDO O PLENÁRIO, INSTALAR ENERGIA SOLAR EM TODOS OS ORGÃOS PÚBLICOS MUNICIPAIS.</t>
   </si>
   <si>
     <t>471</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/471/requerimento_de_no_13.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/471/requerimento_de_no_13.pdf</t>
   </si>
   <si>
     <t>REQUER AO CHEFE DO PODER EXECUTIVO MUNICIPAL DE BARROLÂNDIA, DEPOIS DE OUVIDO O PLENÁRIO, MUDAR A FEIRA COBERTA ATUAL PARA QUADRA EM FRENTE A SORVETERIA DA VALERIA.</t>
   </si>
   <si>
     <t>472</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/472/requerimento_de_no_14.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/472/requerimento_de_no_14.pdf</t>
   </si>
   <si>
     <t>REQUER AO CHEFE DO PODER EXECUTIVO MUNICIPAL DE BARROLÂNDIA, DEPOIS DE OUVIDO O PLENÁRIO, FAZER NA ANTIGA FERIA COBERTA, UM ESPAÇO CULTURAL PARA EVENTOS E APRESENTAÇÕES.</t>
   </si>
   <si>
     <t>473</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/473/requerimento_de_no_15.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/473/requerimento_de_no_15.pdf</t>
   </si>
   <si>
     <t>REQUER AO CHEFE DO PODER EXECUTIVO MUNICIPAL DE BARROLÂNDIA, DEPOIS DE OUVIDO O PLENÁRIO, FAZER A DOAÇÃO DA ÁREA DO PARQUE DE EXPOSIÇÃO AO SINDICATO RURAL DE BARROLANDIA.</t>
   </si>
   <si>
     <t>474</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/474/requerimento_de_no_16.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/474/requerimento_de_no_16.pdf</t>
   </si>
   <si>
     <t>REQUER AO CHEFE DO PODER EXECUTIVO MUNICIPAL DE BARROLÂNDIA, DEPOIS DE OUVIDO O PLENÁRIO, A CONSTRUÇÃO DO REFEITORIO NA ESCOLA MUNICIPAL CRIANÇA FELIZ.</t>
   </si>
   <si>
     <t>475</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>ELDIVAN MACHADO COELHO</t>
-[...2 lines deleted...]
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/475/requerimento_de_no_17.pdf</t>
+    <t>Eldivan Machado Coelho</t>
+  </si>
+  <si>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/475/requerimento_de_no_17.pdf</t>
   </si>
   <si>
     <t>REQUER AO CHEFE DO PODER EXECUTIVO MUNICIPAL DE BARROLÂNDIA, DEPOIS DE OUVIDO O PLENÁRIO, FAZER AS CALÇADAS DA ESCOLA MARCELLA COUTO CABRAL.</t>
   </si>
   <si>
     <t>476</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/476/requerimento_de_no_18.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/476/requerimento_de_no_18.pdf</t>
   </si>
   <si>
     <t>REQUER AO CHEFE DO PODER EXECUTIVO MUNICIPAL DE BARROLÂNDIA, DEPOIS DE OUVIDO O PLENÁRIO, FAZER SINALIZAÇÃO NOS CRUZAMENTOS DE TODAS AS RUAS DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>477</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/477/requerimento_de_no_19.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/477/requerimento_de_no_19.pdf</t>
   </si>
   <si>
     <t>REQUER AO CHEFE DO PODER EXECUTIVO MUNICIPAL DE BARROLÂNDIA, DEPOIS DE OUVIDO O PLENÁRIO, DEPOIS DE OUVIDO O PLENARIO, ABRIR UMA RUA NA ESTRADA DOS CAPELINHAS.</t>
   </si>
   <si>
     <t>478</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/478/requerimento_de_no_20.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/478/requerimento_de_no_20.pdf</t>
   </si>
   <si>
     <t>REQUER AO CHEFE DO PODER EXECUTIVO MUNICIPAL DE BARROLÂNDIA, DEPOIS DE OUVIDO O PLENÁRIO, FAZER UM CORREMÃO NA PONTE NA FAZENDA DO DONA APARECIDA DO ATAIDES.</t>
   </si>
   <si>
     <t>479</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>VANDERSON DE MORAIS FERREIRA</t>
-[...2 lines deleted...]
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/479/requerimento_de_no_21.pdf</t>
+    <t>Vanderson de Morais Ferreira</t>
+  </si>
+  <si>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/479/requerimento_de_no_21.pdf</t>
   </si>
   <si>
     <t>REQUER AO CHEFE DO PODER EXECUTIVO MUNICIPAL DE BARROLÂNDIA, DEPOIS DE OUVIDO O PLENÁRIO, O TREVO LOGO APÓS O LEILÃO.</t>
   </si>
   <si>
     <t>480</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/480/requerimento_de_no_22.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/480/requerimento_de_no_22.pdf</t>
   </si>
   <si>
     <t>REQUER AO CHEFE DO PODER EXECUTIVO MUNICIPAL DE BARROLÂNDIA, DEPOIS DE OUVIDO O PLENÁRIO, FAZER O TREVO DA ENTRADA E SAÍDA PARA MIRANORTE.</t>
   </si>
   <si>
     <t>481</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/481/requerimento_de_no_23.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/481/requerimento_de_no_23.pdf</t>
   </si>
   <si>
     <t>REQUER AO CHEFE DO PODER EXECUTIVO MUNICIPAL DE BARROLÂNDIA, DEPOIS DE OUVIDO O PLENÁRIO, FAZER O ACESSO PARA CADEIRANTES EM PONTOS ESTRATÉGICOS DA CIDADE.</t>
   </si>
   <si>
     <t>482</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/482/requerimento_de_no_24.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/482/requerimento_de_no_24.pdf</t>
   </si>
   <si>
     <t>REQUER AO CHEFE DO PODER EXECUTIVO MUNICIPAL DE BARROLÂNDIA, DEPOIS DE OUVIDO O PLENÁRIO, COLOCAR ILUMINAÇÃO EM POSTES DE ENERGIA EM PONTOS ESTRATÉGICOS NO CEMITÉRIO.</t>
   </si>
   <si>
     <t>483</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/483/requerimento_de_no_25.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/483/requerimento_de_no_25.pdf</t>
   </si>
   <si>
     <t>REQUER AO CHEFE DO PODER EXECUTIVO MUNICIPAL DE BARROLÂNDIA, DEPOIS DE OUVIDO O PLENÁRIO, INSTALAR CÂMERAS DE SEGURANÇA E MONITORAMENTO EM PONTOS ESTRATÉGICOS DA CIDADE.</t>
   </si>
   <si>
     <t>484</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/484/requerimento_de_no_27.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/484/requerimento_de_no_27.pdf</t>
   </si>
   <si>
     <t>REQUER AO CHEFE DO PODER EXECUTIVO MUNICIPAL DE BARROLÂNDIA, DEPOIS DE OUVIDO O PLENÁRIO, FAZER PINTURA EM TODOS OS QUEBRA-MOLAS COM FAIXA DE SINALIZAÇÃO E DE PEDESTRE.</t>
   </si>
   <si>
     <t>485</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/485/requerimento_de_no_28.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/485/requerimento_de_no_28.pdf</t>
   </si>
   <si>
     <t>REQUER AO CHEFE DO PODER EXECUTIVO MUNICIPAL DE BARROLÂNDIA, DEPOIS DE OUVIDO O PLENÁRIO, ESTACIONAMENTO EM FRENTE AO CEMITÉRIO.</t>
   </si>
   <si>
     <t>486</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/486/requerimento_de_no_29.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/486/requerimento_de_no_29.pdf</t>
   </si>
   <si>
     <t>REQUER AO CHEFE DO PODER EXECUTIVO MUNICIPAL DE BARROLÂNDIA, DEPOIS DE OUVIDO O PLENÁRIO, FAZER UM QUEBRA-MOLAS EM FRENTE AO CMEI.</t>
   </si>
   <si>
     <t>487</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/487/requerimento_de_no_30.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/487/requerimento_de_no_30.pdf</t>
   </si>
   <si>
     <t>REQUER AO CHEFE DO PODER EXECUTIVO MUNICIPAL DE BARROLÂNDIA, DEPOIS DE OUVIDO O PLENÁRIO, FAZER UM QUEBRA-MOLAS EM FRENTE A ESCOLA MARCELLA COUTO CABRAL.</t>
   </si>
   <si>
     <t>488</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/488/requerimento_de_no_31.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/488/requerimento_de_no_31.pdf</t>
   </si>
   <si>
     <t>REQUER AO CHEFE DO PODER EXECUTIVO MUNICIPAL DE BARROLÂNDIA, DEPOIS DE OUVIDO O PLENÁRIO, CONSTRUÇÃO DE QUEBRA-MOLAS.</t>
   </si>
   <si>
     <t>489</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/489/requerimento_de_no_32.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/489/requerimento_de_no_32.pdf</t>
   </si>
   <si>
     <t>REQUER AO CHEFE DO PODER EXECUTIVO MUNICIPAL DE BARROLÂNDIA, DEPOIS DE OUVIDO O PLENÁRIO, CONSTRUÇÃO DE ESTACIONAMENTO.</t>
   </si>
   <si>
     <t>490</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/490/requerimento_de_no_33.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/490/requerimento_de_no_33.pdf</t>
   </si>
   <si>
     <t>REQUER AO CHEFE DO PODER EXECUTIVO MUNICIPAL DE BARROLÂNDIA, DEPOIS DE OUVIDO O PLENÁRIO, FAZER REFORMA E AMPLIAÇÃO NA ESCOLA MUNICIPAL CRIANÇA FELIZ.</t>
   </si>
   <si>
     <t>491</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/491/requerimento_de_no_37.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/491/requerimento_de_no_37.pdf</t>
   </si>
   <si>
     <t>REQUER AO CHEFE DO PODER EXECUTIVO MUNICIPAL DE BARROLÂNDIA, DEPOIS DE OUVIDO O PLENÁRIO, CONSTRUÇÃO DE PRAÇA E ESTACIONAMENTO.</t>
   </si>
   <si>
     <t>492</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/492/requerimento_de_no_38.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/492/requerimento_de_no_38.pdf</t>
   </si>
   <si>
     <t>REQUER AO CHEFE DO PODER EXECUTIVO MUNICIPAL DE BARROLÂNDIA, DEPOIS DE OUVIDO O PLENÁRIO, FAZER REFORMA NA PONTE DA FAZENDA ALVES VERDE.</t>
   </si>
   <si>
     <t>459</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/459/requerimento_de_no_39-2023._ver._marco_aurelio_de_morais_nery.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/459/requerimento_de_no_39-2023._ver._marco_aurelio_de_morais_nery.pdf</t>
   </si>
   <si>
     <t>Requer ao Chefe do poder Executivo a construção de asfalta e canalização na Rua Pará.</t>
   </si>
   <si>
     <t>493</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/493/requerimento_de_no_40.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/493/requerimento_de_no_40.pdf</t>
   </si>
   <si>
     <t>REQUER AO CHEFE DO PODER EXECUTIVO MUNICIPAL DE BARROLÂNDIA, DEPOIS DE OUVIDO O PLENÁRIO, TROCAR A INSTALAÇÃO ELÉTRICA DO HOSPITAL MUNICIPAL.</t>
   </si>
   <si>
     <t>494</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/494/requerimentos_do_mes_de_abril-1.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/494/requerimentos_do_mes_de_abril-1.pdf</t>
   </si>
   <si>
     <t>REQUER AO CHEFE DO PODER EXECUTIVO MUNICIPAL DE BARROLÂNDIA, DEPOIS DE OUVIDO O PLENÁRIO, PATROLAR A ESTRADA E ENCASCALHAR DE BARROLÂNDIA ATÉ A REGIÃO DO SÃO JOÃO.</t>
   </si>
   <si>
     <t>495</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/495/requerimentos_do_mes_de_abril-2.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/495/requerimentos_do_mes_de_abril-2.pdf</t>
   </si>
   <si>
     <t>REQUER AO CHEFE DO PODER EXECUTIVO MUNICIPAL DE BARROLÂNDIA, DEPOIS DE OUVIDO O PLENÁRIO, PATROLAR A ESTRADA E ENCASCALHAR DA TO-348 ATÉ O ASSENTAMENTO 25 DE JULHO.</t>
   </si>
   <si>
     <t>496</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/496/requerimentos_do_mes_de_abril-3.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/496/requerimentos_do_mes_de_abril-3.pdf</t>
   </si>
   <si>
     <t>REQUER AO CHEFE DO PODER EXECUTIVO MUNICIPAL DE BARROLÂNDIA, DEPOIS DE OUVIDO O PLENÁRIO, FAZER UMA HORTA COMUNITÁRIA.</t>
   </si>
   <si>
     <t>497</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/497/requerimentos_do_mes_de_abril-4.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/497/requerimentos_do_mes_de_abril-4.pdf</t>
   </si>
   <si>
     <t>REQUER AO CHEFE DO PODER EXECUTIVO MUNICIPAL DE BARROLÂNDIA, DEPOIS DE OUVIDO O PLENÁRIO, FAZER UMA PASSARELA ELEVADA EM PONTOS ESTRATÉGICOS DA AVENIDA BERNARDO SAYÃO.</t>
   </si>
   <si>
     <t>498</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/498/requerimentos_do_mes_de_abril-5.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/498/requerimentos_do_mes_de_abril-5.pdf</t>
   </si>
   <si>
     <t>REQUER AO CHEFE DO PODER EXECUTIVO MUNICIPAL DE BARROLÂNDIA, DEPOIS DE OUVIDO O PLENÁRIO, AQUISIÇÃO DE UM COMPUTADOR E UMA IMPRESSORA PARA A SALA DOS PROFESSORES DO CMEI.</t>
   </si>
   <si>
     <t>499</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/499/requerimentos_do_mes_de_abril-6.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/499/requerimentos_do_mes_de_abril-6.pdf</t>
   </si>
   <si>
     <t>REQUER AO CHEFE DO PODER EXECUTIVO MUNICIPAL DE BARROLÂNDIA, DEPOIS DE OUVIDO O PLENÁRIO, INSTALAR CERCA ELÉTRICA NAS ESCOLAS MUNICIPAIS.</t>
   </si>
   <si>
     <t>500</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/500/requerimentos_do_mes_de_abril-7.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/500/requerimentos_do_mes_de_abril-7.pdf</t>
   </si>
   <si>
     <t>REQUER AO CHEFE DO PODER EXECUTIVO MUNICIPAL DE BARROLÂNDIA, DEPOIS DE OUVIDO O PLENÁRIO, UM CARRO FUMACÊ.</t>
   </si>
   <si>
     <t>501</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/501/requerimentos_do_mes_de_abril-8.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/501/requerimentos_do_mes_de_abril-8.pdf</t>
   </si>
   <si>
     <t>REQUER AO CHEFE DO PODER EXECUTIVO MUNICIPAL DE BARROLÂNDIA, DEPOIS DE OUVIDO O PLENÁRIO, AMPLIAR O CENTRO DE ODONTOLOGIA NO HOSPITAL MUNICIPAL.</t>
   </si>
   <si>
     <t>502</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
     <t>JOSIVAL ROCHA RODRIGUES</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/502/requerimentos_do_mes_de_abril-9.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/502/requerimentos_do_mes_de_abril-9.pdf</t>
   </si>
   <si>
     <t>REQUER AO CHEFE DO PODER EXECUTIVO MUNICIPAL DE BARROLÂNDIA, DEPOIS DE OUVIDO O PLENÁRIO, INSTALAR UM APARELHO NA TORRE QUE TRANSMITA O SINAL DA TV ANHANGUERA TOCANTINS.</t>
   </si>
   <si>
     <t>503</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/503/requerimentos_do_mes_de_abril-10.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/503/requerimentos_do_mes_de_abril-10.pdf</t>
   </si>
   <si>
     <t>REQUER AO CHEFE DO PODER EXECUTIVO MUNICIPAL DE BARROLÂNDIA, DEPOIS DE OUVIDO O PLENÁRIO, DETECTOR DE METAIS NAS ESCOLAS MUNICIPAIS.</t>
   </si>
   <si>
     <t>504</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/504/requerimentos_do_mes_de_abril-11.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/504/requerimentos_do_mes_de_abril-11.pdf</t>
   </si>
   <si>
     <t>REQUER AO CHEFE DO PODER EXECUTIVO MUNICIPAL DE BARROLÂNDIA, DEPOIS DE OUVIDO O PLENÁRIO, AMPLIAR O ESTACIONAMENTO DO CMEI.</t>
   </si>
   <si>
     <t>505</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/505/requerimentos_do_mes_de_abril-12.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/505/requerimentos_do_mes_de_abril-12.pdf</t>
   </si>
   <si>
     <t>REQUER AO CHEFE DO PODER EXECUTIVO MUNICIPAL DE BARROLÂNDIA, DEPOIS DE OUVIDO O PLENÁRIO, UMA CADEIRA ODONTOLÓGICA MÓVEL.</t>
   </si>
   <si>
     <t>506</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/506/requerimentos_do_mes_de_abril-13.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/506/requerimentos_do_mes_de_abril-13.pdf</t>
   </si>
   <si>
     <t>REQUER AO CHEFE DO PODER EXECUTIVO MUNICIPAL DE BARROLÂNDIA, DEPOIS DE OUVIDO O PLENÁRIO, COLOCAR GUARDA COM QUALIFICAÇÃO DE SEXO MASCULINO EM CADA ESCOLA MUNICIPAL.</t>
   </si>
   <si>
     <t>507</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/507/requerimentos_do_mes_de_abril-14.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/507/requerimentos_do_mes_de_abril-14.pdf</t>
   </si>
   <si>
     <t>REQUER AO CHEFE DO PODER EXECUTIVO MUNICIPAL DE BARROLÂNDIA, DEPOIS DE OUVIDO O PLENÁRIO, TROCAR AS GRADES DO CMEI.</t>
   </si>
   <si>
     <t>508</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/508/requeirmento_no58.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/508/requeirmento_no58.pdf</t>
   </si>
   <si>
     <t>REQUER AO CHEFE DO PODER EXECUTIVO MUNICIPAL DE BARROLÂNDIA, DEPOIS DE OUVIDO O PLENÁRIO, A REFORMA DO CAMPO SOCIETY.</t>
   </si>
   <si>
     <t>509</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>CLEITON MARINHO DE BRITO</t>
-[...2 lines deleted...]
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/509/requerimento_no_59.pdf</t>
+    <t>Cleiton Marinho de Brito</t>
+  </si>
+  <si>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/509/requerimento_no_59.pdf</t>
   </si>
   <si>
     <t>REQUER AO CHEFE DO PODER EXECUTIVO MUNICIPAL DE BARROLÂNDIA, DEPOIS DE OUVIDO O PLENÁRIO, INSTALAR A INTERNET 5G NO MUNICÍPIO.</t>
   </si>
   <si>
     <t>510</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/510/requerimento_no_60.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/510/requerimento_no_60.pdf</t>
   </si>
   <si>
     <t>REQUER AO CHEFE DO PODER EXECUTIVO MUNICIPAL DE BARROLÂNDIA, DEPOIS DE OUVIDO O PLENÁRIO, COLOCAR GRADES DE FORMATO TELA AO REDOR DA ACADEMIA MUNICIPAL DE SAÚDE.</t>
   </si>
   <si>
     <t>511</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/511/requerimento_no_61.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/511/requerimento_no_61.pdf</t>
   </si>
   <si>
     <t>REQUER AO CHEFE DO PODER EXECUTIVO MUNICIPAL DE BARROLÂNDIA, DEPOIS DE OUVIDO O PLENÁRIO, OPERAÇÃO TAPA BURACO NO SETOR RESIDENCIAL SUL.</t>
   </si>
   <si>
     <t>512</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/512/requerimento_no_62.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/512/requerimento_no_62.pdf</t>
   </si>
   <si>
     <t>REQUER AO CHEFE DO PODER EXECUTIVO MUNICIPAL DE BARROLÂNDIA, DEPOIS DE OUVIDO O PLENÁRIO, A CONSTRUÇÃO DE BUEIRO.</t>
   </si>
   <si>
     <t>513</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>JESSÉ VINICIUS RODRIGUES, MARIA RAIMUNDA PEREIRA CAVALCANTE COSTA</t>
-[...2 lines deleted...]
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/513/requerimento_no_63.pdf</t>
+    <t>Jessé Vinicius Rodrigues, Maria Raimunda Pereira Cavalcante Costa</t>
+  </si>
+  <si>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/513/requerimento_no_63.pdf</t>
   </si>
   <si>
     <t>REQUER AO CHEFE DO PODER EXECUTIVO MUNICIPAL DE BARROLÂNDIA, DEPOIS DE OUVIDO O PLENÁRIO, AQUISIÇÃO DE VEÍCULOS PARA SECRETARIAS MUNICIPAIS.</t>
   </si>
   <si>
     <t>514</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/514/requerimento_no_64.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/514/requerimento_no_64.pdf</t>
   </si>
   <si>
     <t>REQUER AO CHEFE DO PODER EXECUTIVO MUNICIPAL DE BARROLÂNDIA, DEPOIS DE OUVIDO O PLENÁRIO, REAJUSTE SALARIAL E PROGRESSÃO DOS PROFESSORES.</t>
   </si>
   <si>
     <t>515</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/515/requerimento_no_65.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/515/requerimento_no_65.pdf</t>
   </si>
   <si>
     <t>REQUER AO CHEFE DO PODER EXECUTIVO MUNICIPAL DE BARROLÂNDIA, DEPOIS DE OUVIDO O PLENÁRIO, RECUPERAÇÃO DE ESTRADAS.</t>
   </si>
   <si>
     <t>516</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/516/requerimento_no_66.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/516/requerimento_no_66.pdf</t>
   </si>
   <si>
     <t>REQUER AO CHEFE DO PODER EXECUTIVO MUNICIPAL DE BARROLÂNDIA, DEPOIS DE OUVIDO O PLENÁRIO, RECAPIAMENTO DA RUA CAPITÃO GEORGINHO.</t>
   </si>
   <si>
     <t>517</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/517/requerimento_no_67.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/517/requerimento_no_67.pdf</t>
   </si>
   <si>
     <t>REQUER AO CHEFE DO PODER EXECUTIVO MUNICIPAL DE BARROLÂNDIA, DEPOIS DE OUVIDO O PLENÁRIO, AQUISIÇÃO DE MOTOCICLETA PARA SECRETARIA DE SAÚDE.</t>
   </si>
   <si>
     <t>518</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/518/requerimento_no_68.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/518/requerimento_no_68.pdf</t>
   </si>
   <si>
     <t>REQUER AO CHEFE DO PODER EXECUTIVO MUNICIPAL DE BARROLÂNDIA, DEPOIS DE OUVIDO O PLENÁRIO, AQUISIÇÃO DE UMA CAMINHONETE PARA A SECRETARIA DE AGRICULTURA.</t>
   </si>
   <si>
     <t>545</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/545/requerimentos-1.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/545/requerimentos-1.pdf</t>
   </si>
   <si>
     <t>REQUER A REFORMA DA PONTE NA GROTA FOLHA LARGA.</t>
   </si>
   <si>
     <t>546</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/546/requerimentos-2.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/546/requerimentos-2.pdf</t>
   </si>
   <si>
     <t>REQUER A INSTALAÇÃO DE CÂMERAS DE MONITORAMENTO NA AVENIDA BERNARDO SAYÃO.</t>
   </si>
   <si>
     <t>547</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/547/requerimentos_2023_-__98.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/547/requerimentos_2023_-__98.pdf</t>
   </si>
   <si>
     <t>REQUER AO CHEFE DO PODER EXECUTIVO MUNICIPAL DE BARROLÂNDIA, DEPOIS DE OUVIDO O PLENÁRIO, INSTALAÇÃO DE PONTOS DE ENTREGA VOLUNTARIA (PEVS) EM FRENTE AOS COMÉRCIOS, DESTINADOS AO DESCARTE CONSCIENTE DE MATERIAIS RECICLÁVEIS E COLETA SELETIVA.</t>
   </si>
   <si>
     <t>548</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/548/requerimentos_2023_-__99.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/548/requerimentos_2023_-__99.pdf</t>
   </si>
   <si>
     <t>REQUER AO CHEFE DO PODER EXECUTIVO MUNICIPAL DE BARROLÂNDIA, DEPOIS DE OUVIDO O PLENÁRIO, AQUISIÇÃO DE MÓVEIS PARA O FUNCIONAMENTO DA CASA DO VELÓRIO.</t>
   </si>
   <si>
     <t>549</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/549/requerimentos_2023_-__100.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/549/requerimentos_2023_-__100.pdf</t>
   </si>
   <si>
     <t>REQUER AO CHEFE DO PODER EXECUTIVO MUNICIPAL DE BARROLÂNDIA, DEPOIS DE OUVIDO O PLENÁRIO, FAZER ESTACIONAMENTO EM FRENTE A IGREJA ASSEMBLEIA DE DEUS MADUREIRA.</t>
   </si>
   <si>
     <t>550</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/</t>
   </si>
   <si>
     <t>REQUER AO CHEFE DO PODER EXECUTIVO MUNICIPAL DE BARROLÂNDIA, DEPOIS DE OUVIDO O PLENÁRIO, FAZER UM ATERRO DO MATA-BURRO DO LIXÃO ATÉ A ENTRADA DA CHACARA DO SENHOR JEOVA.</t>
   </si>
   <si>
     <t>551</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/551/requerimentos_2023_-__102.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/551/requerimentos_2023_-__102.pdf</t>
   </si>
   <si>
     <t>REQUER AO CHEFE DO PODER EXECUTIVO MUNICIPAL DE BARROLÂNDIA, DEPOIS DE OUVIDO O PLENÁRIO, COLOCAR O NOME DO CENTRO DE EDUCAÇÃO, CULTURA, ESPORTE E JUVENTUDE -JACIRA SANTOS UCHÔA.</t>
   </si>
   <si>
     <t>552</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/552/requerimentos_2023_-__103.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/552/requerimentos_2023_-__103.pdf</t>
   </si>
   <si>
     <t>REQUER AO CHEFE DO PODER EXECUTIVO MUNICIPAL DE BARROLÂNDIA, DEPOIS DE OUVIDO O PLENÁRIO, UMA TENDA EXCLUSIVA PARA A CASA DO VELÓRIO.</t>
   </si>
   <si>
     <t>597</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/597/requerimentos_dezembro_2023-3.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/597/requerimentos_dezembro_2023-3.pdf</t>
   </si>
   <si>
     <t>"REQUER AO CHEFE DO PODER_x000D_
 EXECUTIVO MUNICIPAL DE BARROLÂNDIA,_x000D_
 DEPOIS DE OUVIDO O PLENÁRIO,_x000D_
 RECUPERAÇÃO DA ESTRADA QUE LIGA O_x000D_
 ASSENTAMENTO 25 DE JULHO ATÉ A_x000D_
 FAZENDA DO SENHOR RAIMUNDO_x000D_
 SANTANA E UM BUEIRRO".</t>
   </si>
   <si>
     <t>595</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/595/requerimentos_dezembro_2023-1.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/595/requerimentos_dezembro_2023-1.pdf</t>
   </si>
   <si>
     <t>"REQUER AO CHEFE DO PODER_x000D_
 EXECUTIVO MUNICIPAL DE BARROLÂNDIA,_x000D_
 DEPOIS DE OUVIDO O PLENÁRIO,_x000D_
 RECUPERAÇÃO DA ESTRADA QUE LIGA A_x000D_
 TO-348 ATÉ A FAZENDA DO SRº SEBASTIÃO_x000D_
 LEOTERIO".</t>
   </si>
   <si>
     <t>596</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/596/requerimentos_dezembro_2023-2.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/596/requerimentos_dezembro_2023-2.pdf</t>
   </si>
   <si>
     <t>"REQUER AO CHEFE DO PODER_x000D_
 EXECUTIVO MUNICIPAL DE BARROLÂNDIA,_x000D_
 DEPOIS DE OUVIDO O PLENÁRIO,_x000D_
 RECUPERAÇÃO DA ESTRADA QUE LIGA A_x000D_
 TO-348 ATÉ A FAZENDA DO SRº GERALDO_x000D_
 ALVES MACHADO".</t>
   </si>
   <si>
     <t>519</t>
   </si>
   <si>
     <t>PAR</t>
   </si>
   <si>
     <t>Parecer das Comissões</t>
   </si>
   <si>
     <t>CCJD - COMISSÃO DE CONSTITUIÇÃO, JUSTIÇA E REDAÇÃO</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/519/parecer_no_01.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/519/parecer_no_01.pdf</t>
   </si>
   <si>
     <t>Referência: Projeto de Lei nº 286/2023</t>
   </si>
   <si>
     <t>520</t>
   </si>
   <si>
     <t>CCJD - COMISSÃO DE CONSTITUIÇÃO, JUSTIÇA E REDAÇÃO, CFTFC - COMISSÃO DE FINANÇAS, TRIBUTAÇÃO, FISCALIZAÇÃO E CONTROLE</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/520/parecer_no_02.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/520/parecer_no_02.pdf</t>
   </si>
   <si>
     <t>Referência: Projeto de Lei 285/2023</t>
   </si>
   <si>
     <t>521</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/521/parecer_no_03.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/521/parecer_no_03.pdf</t>
   </si>
   <si>
     <t>Referência: Projeto de Resolução nº 10/2023</t>
   </si>
   <si>
     <t>522</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/522/parecer_no_04.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/522/parecer_no_04.pdf</t>
   </si>
   <si>
     <t>Referência: Projeto de Resolução nº 09/2023</t>
   </si>
   <si>
     <t>559</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/559/parecer_das_comissoes_-_dezembro_2023-1-3.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/559/parecer_das_comissoes_-_dezembro_2023-1-3.pdf</t>
   </si>
   <si>
     <t>Trata-se de projeto de lei de autoria do poder executivo, no qual "dispõe sobre alterações/atualizações do plano plurianual de governo do município para o período de 12024/2025"</t>
   </si>
   <si>
     <t>560</t>
   </si>
   <si>
     <t>CFTFC - COMISSÃO DE FINANÇAS, TRIBUTAÇÃO, FISCALIZAÇÃO E CONTROLE</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/560/parecer_das_comissoes_-_dezembro_2023-4-6.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/560/parecer_das_comissoes_-_dezembro_2023-4-6.pdf</t>
   </si>
   <si>
     <t>Trata-se das comissões supracitadas referente ao projeto de lei nº 301/2023, de autoria do Poder Executivo, que dispõe sobre as diretrizes gerais para a elaboração da lei orçamentaria para o exercício de 2024 e dá outras providências.</t>
   </si>
   <si>
     <t>561</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/561/parecer_das_comissoes_-_dezembro_2023-7-9.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/561/parecer_das_comissoes_-_dezembro_2023-7-9.pdf</t>
   </si>
   <si>
     <t>Trata-se das comissões supracitadas referente ao projeto de lei nº 308/2023, de autoria do poder executivo, que dispõe sobre "estima a receita e fixa a despesa do orçamento anual do município de Barrolândia, para o exercício financeiro de 2024"</t>
   </si>
   <si>
     <t>562</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/562/parecer_das_comissoes_-_dezembro_2023-10-12.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/562/parecer_das_comissoes_-_dezembro_2023-10-12.pdf</t>
   </si>
   <si>
     <t>Trata - se de Projeto de Lei de autoria do Poder Executivo, no qual se pretende_x000D_
 alterar a Lei Municipal nº 291/2023 que “dispde sobre a autorizagéo para doação de_x000D_
 imével de propriedade do municipio de Barrolandia para o Instituto IAMASTEF do_x000D_
 Estado do Tocantins; 11.495.324/0001-64 para implementagdo do programa_x000D_
 habitacional minha casa minha vida (PMCMV) — entidades do Governo Federal da_x000D_
 outras providéncias” e a Lei Complementar 303/2023 que “Autoriza o Poder_x000D_
 Executivo a desenvolver agdes e aporte de Contrapartida Municipal para_x000D_
 implementar o Programa Minha Casa Minha Vida conforme disposto na Lei 11.977_x000D_
 de 07 de julho de 2009 e da Lei n° 14.620, de 13 de julho de 2023, e também nas_x000D_
 disposicdes das instrugbes normativas do Ministério das Cidades, e da outras_x000D_
 providéncias”.</t>
   </si>
   <si>
     <t>563</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/563/parecer_das_comissoes_-_dezembro_2023-13-14.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/563/parecer_das_comissoes_-_dezembro_2023-13-14.pdf</t>
   </si>
   <si>
     <t>Trata - se de Projeto de Lei de autoria do Poder Executivo, no qual se pretende_x000D_
 “Restruturar o Sistema Municipal de Ensino de Barrolandia-TO - e da outras_x000D_
 providéncias, o qual observa o disposto na Constituicdo Federal, Lei de Diretrizes_x000D_
 e Bases da Educação Nacional e normativas do Conselho Nacional de Educagéo,_x000D_
 concernente ao Sistema Municipal de Ensino.</t>
   </si>
   <si>
     <t>564</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/564/parecer_das_comissoes_-_dezembro_2023-15-16.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/564/parecer_das_comissoes_-_dezembro_2023-15-16.pdf</t>
   </si>
   <si>
     <t>Trata - se de Projeto de Lei de autoria do Poder Executivo, no qual se pretende_x000D_
 “Restruturar o Conselho Municipal da Educação CME- e da outras providéncias, o_x000D_
 qual devera semestralmente divulgara em seu Boletim relatério de suas atividades_x000D_
 e, anualmente, elaborara documento oficial, contendo deliberacoes, pareceres e_x000D_
 outros atos aprovados no exercicio, que devera ser publicado no Diario Oficial_x000D_
 Municipal, bem como nos casos omissos nesta lei, serdo tratados no Regime_x000D_
 Interno e/ou pelo Conselho Municipal de Educaçao.</t>
   </si>
   <si>
     <t>565</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/565/parecer_das_comissoes_-_dezembro_2023-17-18.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/565/parecer_das_comissoes_-_dezembro_2023-17-18.pdf</t>
   </si>
   <si>
     <t>Trata - se de Projeto de Lei de autoria do Poder Executivo, no qual se pretende_x000D_
 “Restruturar o Conselho Municipal de Alimentação Escolar - CAE - e dá outras_x000D_
 providências.</t>
   </si>
   <si>
     <t>566</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/566/parecer_das_comissoes_-_dezembro_2023-19-20.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/566/parecer_das_comissoes_-_dezembro_2023-19-20.pdf</t>
   </si>
   <si>
     <t>Trata - se de Projeto de Lei de autoria do Poder Executivo, no qual dispõe sobre_x000D_
 a reestruturação do Conselho Municipal de Acompanhamento e Controle Social do_x000D_
 Fundo de Manutenção e Desenvolvimento da Educação Básica e de Valorização_x000D_
 dos Profissionais da Educação - CACS- FUNDEB, em conformidade com o artigo_x000D_
 212-A, da Constituição Federal, regulamentada na forma da lei Federal nº 14.113,_x000D_
 de 25 de dezembro de 2020.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
@@ -1657,68 +1657,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/458/projeto_de_decreto_leggislativo_no_06-2023.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/523/projeto_de_lei_no_281_de_02_de_fevereiro_de_2023.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/524/projeto_de_lei_no_282_de_11_de_janeiro_de_2023.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/525/projeto_de_lei_ordinaria_no_285-2023.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/526/projeto_de_lei_no_286-2023.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/527/projeto_de_lei_no_287_de_14_de_junho.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/528/projeto_de_lei_no_288_de_07_de_agosto.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/529/projeto_de_lei_no_289_de_07_de_agosto.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/530/projeto_de_lei_no_290_de_07_de_agosto.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/531/projeto_de_lei_no_291_de_07_de_agosto.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/532/projeto_de_lei_no_292_de_07_de_agosto.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/533/projeto_de_lei_no_293_de_08_de_agosto.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/534/projeto_de_lei_no_294_de_07_de_agosto.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/553/298.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/554/299.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/569/projeto_de_lei_-_ppa_-_2024-2025.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/457/requerimento_de_no_01.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/460/requerimento_de_no_02-2023.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/461/requerimento_de_no_03.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/462/requerimento_de_no_04.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/463/requerimento_de_no_05.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/464/requerimento_de_no_06.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/465/requerimento_de_no_07.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/466/requerimento_de_no_08.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/467/requerimento_de_no_09.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/468/requerimento_de_no_10.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/469/requerimento_de_no_11.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/470/requerimento_de_no_12.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/471/requerimento_de_no_13.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/472/requerimento_de_no_14.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/473/requerimento_de_no_15.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/474/requerimento_de_no_16.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/475/requerimento_de_no_17.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/476/requerimento_de_no_18.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/477/requerimento_de_no_19.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/478/requerimento_de_no_20.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/479/requerimento_de_no_21.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/480/requerimento_de_no_22.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/481/requerimento_de_no_23.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/482/requerimento_de_no_24.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/483/requerimento_de_no_25.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/484/requerimento_de_no_27.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/485/requerimento_de_no_28.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/486/requerimento_de_no_29.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/487/requerimento_de_no_30.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/488/requerimento_de_no_31.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/489/requerimento_de_no_32.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/490/requerimento_de_no_33.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/491/requerimento_de_no_37.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/492/requerimento_de_no_38.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/459/requerimento_de_no_39-2023._ver._marco_aurelio_de_morais_nery.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/493/requerimento_de_no_40.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/494/requerimentos_do_mes_de_abril-1.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/495/requerimentos_do_mes_de_abril-2.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/496/requerimentos_do_mes_de_abril-3.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/497/requerimentos_do_mes_de_abril-4.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/498/requerimentos_do_mes_de_abril-5.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/499/requerimentos_do_mes_de_abril-6.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/500/requerimentos_do_mes_de_abril-7.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/501/requerimentos_do_mes_de_abril-8.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/502/requerimentos_do_mes_de_abril-9.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/503/requerimentos_do_mes_de_abril-10.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/504/requerimentos_do_mes_de_abril-11.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/505/requerimentos_do_mes_de_abril-12.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/506/requerimentos_do_mes_de_abril-13.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/507/requerimentos_do_mes_de_abril-14.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/508/requeirmento_no58.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/509/requerimento_no_59.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/510/requerimento_no_60.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/511/requerimento_no_61.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/512/requerimento_no_62.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/513/requerimento_no_63.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/514/requerimento_no_64.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/515/requerimento_no_65.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/516/requerimento_no_66.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/517/requerimento_no_67.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/518/requerimento_no_68.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/545/requerimentos-1.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/546/requerimentos-2.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/547/requerimentos_2023_-__98.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/548/requerimentos_2023_-__99.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/549/requerimentos_2023_-__100.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/551/requerimentos_2023_-__102.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/552/requerimentos_2023_-__103.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/597/requerimentos_dezembro_2023-3.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/595/requerimentos_dezembro_2023-1.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/596/requerimentos_dezembro_2023-2.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/519/parecer_no_01.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/520/parecer_no_02.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/521/parecer_no_03.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/522/parecer_no_04.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/559/parecer_das_comissoes_-_dezembro_2023-1-3.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/560/parecer_das_comissoes_-_dezembro_2023-4-6.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/561/parecer_das_comissoes_-_dezembro_2023-7-9.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/562/parecer_das_comissoes_-_dezembro_2023-10-12.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/563/parecer_das_comissoes_-_dezembro_2023-13-14.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/564/parecer_das_comissoes_-_dezembro_2023-15-16.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/565/parecer_das_comissoes_-_dezembro_2023-17-18.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/566/parecer_das_comissoes_-_dezembro_2023-19-20.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/458/projeto_de_decreto_leggislativo_no_06-2023.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/523/projeto_de_lei_no_281_de_02_de_fevereiro_de_2023.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/524/projeto_de_lei_no_282_de_11_de_janeiro_de_2023.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/525/projeto_de_lei_ordinaria_no_285-2023.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/526/projeto_de_lei_no_286-2023.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/527/projeto_de_lei_no_287_de_14_de_junho.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/528/projeto_de_lei_no_288_de_07_de_agosto.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/529/projeto_de_lei_no_289_de_07_de_agosto.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/530/projeto_de_lei_no_290_de_07_de_agosto.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/531/projeto_de_lei_no_291_de_07_de_agosto.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/532/projeto_de_lei_no_292_de_07_de_agosto.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/533/projeto_de_lei_no_293_de_08_de_agosto.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/534/projeto_de_lei_no_294_de_07_de_agosto.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/553/298.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/554/299.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/569/projeto_de_lei_-_ppa_-_2024-2025.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/457/requerimento_de_no_01.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/460/requerimento_de_no_02-2023.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/461/requerimento_de_no_03.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/462/requerimento_de_no_04.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/463/requerimento_de_no_05.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/464/requerimento_de_no_06.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/465/requerimento_de_no_07.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/466/requerimento_de_no_08.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/467/requerimento_de_no_09.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/468/requerimento_de_no_10.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/469/requerimento_de_no_11.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/470/requerimento_de_no_12.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/471/requerimento_de_no_13.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/472/requerimento_de_no_14.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/473/requerimento_de_no_15.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/474/requerimento_de_no_16.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/475/requerimento_de_no_17.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/476/requerimento_de_no_18.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/477/requerimento_de_no_19.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/478/requerimento_de_no_20.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/479/requerimento_de_no_21.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/480/requerimento_de_no_22.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/481/requerimento_de_no_23.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/482/requerimento_de_no_24.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/483/requerimento_de_no_25.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/484/requerimento_de_no_27.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/485/requerimento_de_no_28.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/486/requerimento_de_no_29.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/487/requerimento_de_no_30.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/488/requerimento_de_no_31.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/489/requerimento_de_no_32.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/490/requerimento_de_no_33.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/491/requerimento_de_no_37.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/492/requerimento_de_no_38.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/459/requerimento_de_no_39-2023._ver._marco_aurelio_de_morais_nery.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/493/requerimento_de_no_40.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/494/requerimentos_do_mes_de_abril-1.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/495/requerimentos_do_mes_de_abril-2.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/496/requerimentos_do_mes_de_abril-3.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/497/requerimentos_do_mes_de_abril-4.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/498/requerimentos_do_mes_de_abril-5.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/499/requerimentos_do_mes_de_abril-6.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/500/requerimentos_do_mes_de_abril-7.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/501/requerimentos_do_mes_de_abril-8.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/502/requerimentos_do_mes_de_abril-9.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/503/requerimentos_do_mes_de_abril-10.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/504/requerimentos_do_mes_de_abril-11.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/505/requerimentos_do_mes_de_abril-12.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/506/requerimentos_do_mes_de_abril-13.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/507/requerimentos_do_mes_de_abril-14.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/508/requeirmento_no58.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/509/requerimento_no_59.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/510/requerimento_no_60.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/511/requerimento_no_61.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/512/requerimento_no_62.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/513/requerimento_no_63.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/514/requerimento_no_64.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/515/requerimento_no_65.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/516/requerimento_no_66.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/517/requerimento_no_67.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/518/requerimento_no_68.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/545/requerimentos-1.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/546/requerimentos-2.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/547/requerimentos_2023_-__98.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/548/requerimentos_2023_-__99.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/549/requerimentos_2023_-__100.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/551/requerimentos_2023_-__102.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/552/requerimentos_2023_-__103.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/597/requerimentos_dezembro_2023-3.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/595/requerimentos_dezembro_2023-1.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/596/requerimentos_dezembro_2023-2.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/519/parecer_no_01.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/520/parecer_no_02.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/521/parecer_no_03.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/522/parecer_no_04.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/559/parecer_das_comissoes_-_dezembro_2023-1-3.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/560/parecer_das_comissoes_-_dezembro_2023-4-6.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/561/parecer_das_comissoes_-_dezembro_2023-7-9.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/562/parecer_das_comissoes_-_dezembro_2023-10-12.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/563/parecer_das_comissoes_-_dezembro_2023-13-14.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/564/parecer_das_comissoes_-_dezembro_2023-15-16.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/565/parecer_das_comissoes_-_dezembro_2023-17-18.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2023/566/parecer_das_comissoes_-_dezembro_2023-19-20.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H101"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="117.28515625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="138" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="137.140625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="247.5703125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>