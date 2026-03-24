--- v0 (2025-10-25)
+++ v1 (2026-03-24)
@@ -10,1446 +10,1461 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="719" uniqueCount="378">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="727" uniqueCount="383">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>567</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
-    <t>CLEITON MARINHO DE BRITO</t>
-[...2 lines deleted...]
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2024/567/projeto_de_lei__-_abril_2024.pdf</t>
+    <t>Cleiton Marinho de Brito</t>
+  </si>
+  <si>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2024/567/projeto_de_lei__-_abril_2024.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a fixação dos subsídios do prefeito; vice-prefeito e dos secretários do município de Barrolândia/to, para a legislatura de 2025 à 2028, e adota outras providências.</t>
   </si>
   <si>
     <t>645</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2024/645/projeto_de_lei_no_007-2024.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2024/645/projeto_de_lei_no_007-2024.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a coleta de resíduos sólidos da zona rural no âmbito do município e dá outras providências.</t>
   </si>
   <si>
     <t>571</t>
   </si>
   <si>
     <t>314</t>
   </si>
   <si>
     <t>Prefeitura Municipal de Barrolândia/TO - PMB</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2024/571/projetos_de_lei_-_fevereiro_2024.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2024/571/projetos_de_lei_-_fevereiro_2024.pdf</t>
   </si>
   <si>
     <t>"Revoga as lei municipal 141/2014 de 19/08/2015; Lei municipal º 066/2021 de 15/08/2011 e Lei municipal nº 094/2013 de 04/03/2013."</t>
   </si>
   <si>
     <t>570</t>
   </si>
   <si>
     <t>315</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2024/570/projetos_de_lei_-_abril_02_-_2024.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2024/570/projetos_de_lei_-_abril_02_-_2024.pdf</t>
   </si>
   <si>
     <t>Altera a lei nº 305/2023 e aprova a nova estrutura administrativa.</t>
   </si>
   <si>
     <t>568</t>
   </si>
   <si>
     <t>316</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2024/568/projeto_de_lei_-_maio_2024.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2024/568/projeto_de_lei_-_maio_2024.pdf</t>
   </si>
   <si>
     <t>Autoriza o poder executivo a conceder auxilio financeiro ao sindicato rural de Barrolândia/To para custeio das despesas com a exposição agropecuária/2024.</t>
   </si>
   <si>
     <t>735</t>
   </si>
   <si>
     <t>317</t>
   </si>
   <si>
     <t>ADRIANO JOSÉ RIBEIRO</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2024/735/projeto_de_lei_ordinario_-_317.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2024/735/projeto_de_lei_ordinario_-_317.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ALTERAÇÃO DA LEI 168/2017 QUE TRATA DO CONSELHO MUNICIPAL DO MEIO AMBIENTE - CMMA DE BARROLÂNDIA/TO.</t>
   </si>
   <si>
     <t>737</t>
   </si>
   <si>
     <t>319</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2024/737/projeto_de_lei_319-2024.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2024/737/projeto_de_lei_319-2024.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre alterações/atualizações do Plano Plurianual de governo do Município, para o exercício de 2025.</t>
   </si>
   <si>
     <t>738</t>
   </si>
   <si>
     <t>320</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2024/738/projeto_de_lei_320-2024.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2024/738/projeto_de_lei_320-2024.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre as Diretrizes Gerais para a elaboração da Lei Orçamentária para o exercício de 2025 e dá outras providências."</t>
   </si>
   <si>
     <t>739</t>
   </si>
   <si>
     <t>321</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2024/739/projeto_de_lei_321-2024.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2024/739/projeto_de_lei_321-2024.pdf</t>
   </si>
   <si>
     <t>Estima a Receita e fixa a Despesa do Orçamento Anual do Município de BARROLÂNDIA, para o exercício financeiro de 2025.</t>
   </si>
   <si>
     <t>736</t>
   </si>
   <si>
     <t>318</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2024/736/projeto_de_lei_comp_318-2024.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2024/736/projeto_de_lei_comp_318-2024.pdf</t>
   </si>
   <si>
     <t>"Declara áreas de expansão urbana e de especial interesse social e econômico, para o crescimento e desenvolvimento do Município de Barrolândia-TO e dá outras providências".</t>
   </si>
   <si>
     <t>635</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
     <t>CCJD - COMISSÃO DE CONSTITUIÇÃO, JUSTIÇA E REDAÇÃO</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2024/635/projeto_resolucao_006-2024_-_05-06-2024.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2024/635/projeto_resolucao_006-2024_-_05-06-2024.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A FIXAÇÃO DOS SUBSÍDIOS DOS VEREADORES DO MUNICÍPIO DE BARROLÂNDIA -TO, E ADOTA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>609</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>JESSÉ VINICIUS RODRIGUES</t>
-[...2 lines deleted...]
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2024/609/requerimentos_fevereiro_2024-32.pdf</t>
+    <t>Jessé Vinicius Rodrigues</t>
+  </si>
+  <si>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2024/609/requerimentos_fevereiro_2024-32.pdf</t>
   </si>
   <si>
     <t>"REQUER AO CHEFE DO PODER_x000D_
 EXECUTIVO MUNICIPAL DE BARROLÂNDIA,_x000D_
 DEPOIS DE OUVIDO O PLENÁRIO, MUDAR A_x000D_
 FEIRA COBERTA ATUAL PARA QUADRA DE_x000D_
 FRENTE A SORVETERIA DA VALERIA NO_x000D_
 CENTRO DA CIDADE".</t>
   </si>
   <si>
     <t>608</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2024/608/requerimentos_fevereiro_2024-31.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2024/608/requerimentos_fevereiro_2024-31.pdf</t>
   </si>
   <si>
     <t>"REQUER AO CHEFE DO PODER_x000D_
 EXECUTIVO MUNICIPAL DE BARROLÂNDIA,_x000D_
 DEPOIS DE OUVIDO O PLENÁRIO, FAZER NA_x000D_
 FEIRA COBERTA, UM ESPAÇO CULTURAL_x000D_
 PARA EVENTOS E APRESENTAÇÕES".</t>
   </si>
   <si>
     <t>607</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2024/607/requerimentos_fevereiro_2024-30.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2024/607/requerimentos_fevereiro_2024-30.pdf</t>
   </si>
   <si>
     <t>"REQUER AO CHEFE DO PODER_x000D_
 EXECUTIVO MUNICIPAL DE BARROLÂNDIA,_x000D_
 DEPOIS DE OUVIDO O PLENÁRIO, INSTALAR_x000D_
 ENERGIA SOLAR EM TODOS OS ORGÃOS_x000D_
 PÚBLICOS MUNICIPAIS".</t>
   </si>
   <si>
     <t>606</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2024/606/requerimentos_fevereiro_2024-29.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2024/606/requerimentos_fevereiro_2024-29.pdf</t>
   </si>
   <si>
     <t>"REQUER AO CHEFE DO PODER_x000D_
 EXECUTIVO MUNICIPAL DE BARROLÂNDIA,_x000D_
 DEPOIS DE OUVIDO O PLENÁRIO, INSTALAR_x000D_
 CÂMARAS DE MONITORAMENTO NA_x000D_
 AVENIDA BERNARDO SAYÃO E NAS SAIDAS_x000D_
 DA CIDADE".</t>
   </si>
   <si>
     <t>605</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2024/605/requerimentos_fevereiro_2024-28.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2024/605/requerimentos_fevereiro_2024-28.pdf</t>
   </si>
   <si>
     <t>"REQUER AO CHEFE DO PODER_x000D_
 EXECUTIVO MUNICIPAL DE BARROLÂNDIA,_x000D_
 DEPOIS DE OUVIDO O PLENÁRIO, FAZER_x000D_
 AMPLIAÇÃO DA CASA DO PRODUTOR E_x000D_
 UMA LOJINHA PARA EXPOR OS_x000D_
 PRODUTOS".</t>
   </si>
   <si>
     <t>604</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2024/604/requerimentos_fevereiro_2024-27.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2024/604/requerimentos_fevereiro_2024-27.pdf</t>
   </si>
   <si>
     <t>"REQUER AO CHEFE DO PODER_x000D_
 EXECUTIVO MUNICIPAL DE BARROLÂNDIA,_x000D_
 DEPOIS DE OUVIDO O PLENÁRIO, FAZER A_x000D_
 REVITALIZAÇÃO DA TO-348 E ESTRADAS_x000D_
 VICINAIS DA REGIÃO SERRA DA LOPA."</t>
   </si>
   <si>
     <t>603</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2024/603/requerimentos_fevereiro_2024-26.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2024/603/requerimentos_fevereiro_2024-26.pdf</t>
   </si>
   <si>
     <t>"REQUER AO CHEFE DO PODER_x000D_
 EXECUTIVO MUNICIPAL DE BARROLÂNDIA,_x000D_
 DEPOIS DE OUVIDO O PLENÁRIO, FAZER_x000D_
 UMA PONTE OU BUEIRO NA FAZENDA DO_x000D_
 SENHOR JOSÉ LUCENA".</t>
   </si>
   <si>
     <t>602</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2024/602/requerimentos_fevereiro_2024-25.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2024/602/requerimentos_fevereiro_2024-25.pdf</t>
   </si>
   <si>
     <t>"REQUER AO CHEFE DO PODER_x000D_
 EXECUTIVO MUNICIPAL DE BARROLÂNDIA,_x000D_
 DEPOIS DE OUVIDO O PLENÁRIO,_x000D_
 CONTRATAR UM SEGURANÇA COM_x000D_
 ESPECIALIZAÇÃO, PARA CADA ESCOLA DA_x000D_
 REDE MUNICIPAL DE EDUCAÇÃO".</t>
   </si>
   <si>
     <t>601</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>JOÃO RODRIGUES COSTA</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2024/601/requerimentos_fevereiro_2024-24.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2024/601/requerimentos_fevereiro_2024-24.pdf</t>
   </si>
   <si>
     <t>"REQUER AO CHEFE DO PODER_x000D_
 EXECUTIVO MUNICIPAL DE BARROLÂNDIA,_x000D_
 DEPOIS DE OUVIDO O PLENÁRIO, FAZER A_x000D_
 REFORMA DO PREDIO DA ADAPEC E DA_x000D_
 RURALTINS".</t>
   </si>
   <si>
     <t>600</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2024/600/requerimentos_fevereiro_2024-23.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2024/600/requerimentos_fevereiro_2024-23.pdf</t>
   </si>
   <si>
     <t>"REQUER AO CHEFE DO PODER_x000D_
 EXECUTIVO MUNICIPAL DE BARROLÂNDIA,_x000D_
 DEPOIS DE OUVIDO O PLENÁRIO, FAZER O_x000D_
 RECAPEAMENTO EM TODA A CIDADE".</t>
   </si>
   <si>
     <t>599</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2024/599/requerimentos_fevereiro_2024-22.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2024/599/requerimentos_fevereiro_2024-22.pdf</t>
   </si>
   <si>
     <t>"REQUER AO CHEFE DO PODER_x000D_
 EXECUTIVO MUNICIPAL DE BARROLÂNDIA,_x000D_
 DEPOIS DE OUVIDO O PLENÁRIO, FAZER A_x000D_
 PAVIMENTAÇÃO ASFALTICA DA AVENIDA_x000D_
 BERNARDO SAYÃO ATÉ O PARQUE DE_x000D_
 EXPOSIÇÃO AGROPECUARIA".</t>
   </si>
   <si>
     <t>598</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>ELIMÁRIA LOPES DE MOURA</t>
-[...2 lines deleted...]
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2024/598/requerimentos_fevereiro_2024-21.pdf</t>
+    <t>Elimária Lopes de Moura</t>
+  </si>
+  <si>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2024/598/requerimentos_fevereiro_2024-21.pdf</t>
   </si>
   <si>
     <t>"REQUER AO CHEFE DO PODER_x000D_
 EXECUTIVO MUNICIPAL DE BARROLÂNDIA,_x000D_
 DEPOIS DE OUVIDO O PLENÁRIO, FAZER_x000D_
 UMA DUCHA E BANHEIROS NA QUADRA DE_x000D_
 AREIA EM FRENTE A LANCHONETE DO_x000D_
 TUCANO".</t>
   </si>
   <si>
     <t>591</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2024/591/requerimentos_fevereiro_2024-20.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2024/591/requerimentos_fevereiro_2024-20.pdf</t>
   </si>
   <si>
     <t>"REQUER AO CHEFE DO PODER_x000D_
 EXECUTIVO MUNICIPAL DE BARROLÂNDIA,_x000D_
 DEPOIS DE OUVIDO O PLENÁRIO, KIT DE EPI_x000D_
 PARA OS GARI".</t>
   </si>
   <si>
     <t>590</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>MARIA RAIMUNDA PEREIRA CAVALCANTE COSTA</t>
-[...2 lines deleted...]
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2024/590/requerimentos_fevereiro_2024-19.pdf</t>
+    <t>Maria Raimunda Pereira Cavalcante Costa</t>
+  </si>
+  <si>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2024/590/requerimentos_fevereiro_2024-19.pdf</t>
   </si>
   <si>
     <t>"REQUER AO CHEFE DO PODER_x000D_
 EXECUTIVO MUNICIPAL DE BARROLÂNDIA,_x000D_
 DEPOIS DE OUVIDO O PLENÁRIO, FAZER A_x000D_
 AMPLIAÇÃO DO CEMITERIO, ALTEAR O_x000D_
 MURO, AUMENTAR A ILUMINAÇÃO E O_x000D_
 FORNECIMENTO DE ÁGUA NO LOCAL".</t>
   </si>
   <si>
     <t>589</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2024/589/requerimentos_fevereiro_2024-18.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2024/589/requerimentos_fevereiro_2024-18.pdf</t>
   </si>
   <si>
     <t>"REQUER AO CHEFE DO PODER_x000D_
 EXECUTIVO MUNICIPAL DE BARROLÂNDIA,_x000D_
 DEPOIS DE OUVIDO O PLENÁRIO, FAZER_x000D_
 UM QUEBRA-MOLAS NA AVENIDA GOIAS_x000D_
 EM FRENTE A RESIDÊNCIA DA DONA_x000D_
 DENAIR.</t>
   </si>
   <si>
     <t>588</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2024/588/requerimentos_fevereiro_2024-17.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2024/588/requerimentos_fevereiro_2024-17.pdf</t>
   </si>
   <si>
     <t>"REQUER AO CHEFE DO PODER_x000D_
 EXECUTIVO MUNICIPAL DE BARROLÂNDIA,_x000D_
 DEPOIS DE OUVIDO O PLENÁRIO, FAZER_x000D_
 UM QUEBRA-MOLAS NA RUA CAPITÃO_x000D_
 GERORGINHO PROXIMO A RESIDÊNCIA DA_x000D_
 DONA DOMINGAS.</t>
   </si>
   <si>
     <t>587</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2024/587/requerimentos_fevereiro_2024-16.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2024/587/requerimentos_fevereiro_2024-16.pdf</t>
   </si>
   <si>
     <t>"REQUER AO CHEFE DO PODER_x000D_
 EXECUTIVO MUNICIPAL DE BARROLÂNDIA,_x000D_
 DEPOIS DE OUVIDO O PLENÁRIO, A_x000D_
 CONSTRUÇÃO DE UMA PRAÇA NO SETOR_x000D_
 RIBEIRO AO LADO DA ACADEMIA DA_x000D_
 SAÚDE.</t>
   </si>
   <si>
     <t>586</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>MARCO AURELIO DE MORAIS NERY</t>
-[...2 lines deleted...]
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2024/586/requerimentos_fevereiro_2024-15.pdf</t>
+    <t>Marco Aurelio de Morais Nery</t>
+  </si>
+  <si>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2024/586/requerimentos_fevereiro_2024-15.pdf</t>
   </si>
   <si>
     <t>"REQUER AO CHEFE DO PODER_x000D_
 EXECUTIVO MUNICIPAL DE BARROLÂNDIA,_x000D_
 DEPOIS DE OUVIDO O PLENÁRIO,_x000D_
 INSTALAyÃO DE PONTOS DE ENTREGA_x000D_
 VOLUNTARIA (PEVS) EM FRENTE AOS_x000D_
 COMÉRCIOS, DESTINADOS AO DESCARTE_x000D_
 CONSCIENTE DE MATERIAIS RECICLÁVEIS_x000D_
 E COLETA SELETIVA".</t>
   </si>
   <si>
     <t>585</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2024/585/requerimentos_fevereiro_2024-14.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2024/585/requerimentos_fevereiro_2024-14.pdf</t>
   </si>
   <si>
     <t>"REQUER AO CHEFE DO PODER_x000D_
 EXECUTIVO MUNICIPAL DE BARROLÂNDIA,_x000D_
 DEPOIS DE OUVIDO O PLENÁRIO, FAZER_x000D_
 OUTRO ESTACIONAMENTO EM FRENTE AO_x000D_
 BAR DO TUCANO".</t>
   </si>
   <si>
     <t>584</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2024/584/requerimentos_fevereiro_2024-13.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2024/584/requerimentos_fevereiro_2024-13.pdf</t>
   </si>
   <si>
     <t>"REQUER AO CHEFE DO PODER_x000D_
 EXECUTIVO MUNICIPAL DE BARROLÂNDIA,_x000D_
 DEPOIS DE OUVIDO O PLENÁRIO,_x000D_
 AQUISIÇÃO DE UMA VAN PARA A_x000D_
 SECRETARIA MUNICIPAL DE SAÚDE.</t>
   </si>
   <si>
     <t>583</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2024/583/requerimentos_fevereiro_2024-12.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2024/583/requerimentos_fevereiro_2024-12.pdf</t>
   </si>
   <si>
     <t>"REQUER AO CHEFE DO PODER_x000D_
 EXECUTIVO MUNICIPAL DE BARROLÂNDIA,_x000D_
 DEPOIS DE OUVIDO O PLENARIO, AUMENTO_x000D_
 SALARIAL À TODOS OS MOTORISTAS DO_x000D_
 MUNICIPIO".</t>
   </si>
   <si>
     <t>582</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
     <t>JOSIVAL ROCHA RODRIGUES</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2024/582/requerimentos_fevereiro_2024-11.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2024/582/requerimentos_fevereiro_2024-11.pdf</t>
   </si>
   <si>
     <t>"REQUER AO CHEFE DO PODER_x000D_
 EXECUTIVO MUNICIPAL DE BARROLÂNDIA,_x000D_
 DEPOIS DE OUVIDO O PLENÁRIO, COLOCAR_x000D_
 PLACAS DE SINALIZAÇÃO EM TODAS AS_x000D_
 RUAS DO MUNICIPIO".</t>
   </si>
   <si>
     <t>572</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2024/572/requerimentos_fevereiro_2024-10.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2024/572/requerimentos_fevereiro_2024-10.pdf</t>
   </si>
   <si>
     <t>REQUER AO CHEFE DO PODER_x000D_
 EXECUTIVO MUNICIPAL DE BARROLÂNDIA,_x000D_
 DEPOIS DE OUVIDO O PLENÁRIO, FAZER_x000D_
 UMA PRAÇA LOCALIZADA NA AVENIDA_x000D_
 BERNARDO SAYÃO (ABAIXO DO PRESIDIO)_x000D_
 "</t>
   </si>
   <si>
     <t>581</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2024/581/requerimentos_fevereiro_2024-9.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2024/581/requerimentos_fevereiro_2024-9.pdf</t>
   </si>
   <si>
     <t>REQUER AO CHEFE DO PODER_x000D_
 EXECUTIVO MUNICIPAL DE BARROLÂNDIA,_x000D_
 DEPOIS DE OUVIDO O PLENÁRIO, FAZER A_x000D_
 AMPLIAÇÃO E A REFORMA DO_x000D_
 LABORATÓRIO MUNICIPAL".</t>
   </si>
   <si>
     <t>577</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2024/577/requerimentos_fevereiro_2024-8.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2024/577/requerimentos_fevereiro_2024-8.pdf</t>
   </si>
   <si>
     <t>"REQUER AO CHEFE DO PODER_x000D_
 EXECUTIVO MUNICIPAL DE BARROLÂNDIA,_x000D_
 DEPOIS DE OUVIDO O PLENÁRIO, FAZER_x000D_
 CALÇADAS E ESTACIONAMENTOS AO_x000D_
 REDOR DO HOSPITAL MUNICIPAL".</t>
   </si>
   <si>
     <t>578</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>ELDIVAN MACHADO COELHO</t>
-[...2 lines deleted...]
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2024/578/requerimentos_fevereiro_2024-7.pdf</t>
+    <t>Eldivan Machado Coelho</t>
+  </si>
+  <si>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2024/578/requerimentos_fevereiro_2024-7.pdf</t>
   </si>
   <si>
     <t>"REQUER AO CHEFE DO PODER_x000D_
 EXECUTIVO MUNICIPAL DE BARROLÂNDIA,_x000D_
 DEPOIS DE OUVIDO O PLENÁRIO,_x000D_
 AQUISIÇÃO DE UMA VAN PARA A_x000D_
 SECRETARIA MUNICIPAL DE EDUCAÇÃO".</t>
   </si>
   <si>
     <t>576</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2024/576/requerimentos_fevereiro_2024-6.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2024/576/requerimentos_fevereiro_2024-6.pdf</t>
   </si>
   <si>
     <t>"REQUER AO CHEFE DO PODER_x000D_
 EXECUTIVO MUNICIPAL DE BARROLÂNDIA,_x000D_
 DEPOIS DE OUVIDO O PLENÁRIO,_x000D_
 ESTENDER MAIS UM ESTACIONAMENTO EM_x000D_
 FRENTE AO CARTÓRIO DO GILBERTO ATÉ_x000D_
 O BANCO DO SICOOB".</t>
   </si>
   <si>
     <t>574</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2024/574/requerimentos_fevereiro_2024-5.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2024/574/requerimentos_fevereiro_2024-5.pdf</t>
   </si>
   <si>
     <t>"REQUER AO CHEFE DO PODER_x000D_
 EXECUTIVO MUNICIPAL DE BARROLÂNDIA,_x000D_
 DEPOIS DE OUVIDO O PLENÁRIO, REFORMA_x000D_
 GERAL DA ESCOLA MUNICIPAL CRIANÇA_x000D_
 FELIZ"</t>
   </si>
   <si>
     <t>580</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2024/580/requerimentos_fevereiro_2024-4.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2024/580/requerimentos_fevereiro_2024-4.pdf</t>
   </si>
   <si>
     <t>"REQUER AO CHEFE DO PODER_x000D_
 EXECUTIVO MUNICIPAL DE BARROLÂNDIA,_x000D_
 DEPOIS DE OUVIDO O PLENARIO,_x000D_
 AQUISIÇÃO DE DUAS MOTOS PARA A_x000D_
 SECRETARIA MUNICIPAL DE SAÚDE".</t>
   </si>
   <si>
     <t>575</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2024/575/requerimentos_fevereiro_2024-3.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2024/575/requerimentos_fevereiro_2024-3.pdf</t>
   </si>
   <si>
     <t>"REQUER AO CHEFE DO PODER_x000D_
 EXECUTIVO MUNICIPAL DE BARROLÂNDIA,_x000D_
 DEPOIS DE OUVIDO O PLENÁRIO, FAZER_x000D_
 UM MATADOURO NO MUNICIPIO</t>
   </si>
   <si>
     <t>579</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2024/579/requerimentos_fevereiro_2024-2.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2024/579/requerimentos_fevereiro_2024-2.pdf</t>
   </si>
   <si>
     <t>"REQUER AO CHEFE DO PODER_x000D_
 EXECUTIVO MUNICIPAL DE BARROLÂNDIA,_x000D_
 DEPOIS DE OUVIDO O PLENÁRIO, COLOCAR_x000D_
 PLACAS COM OS NOMES DAS RUAS".</t>
   </si>
   <si>
     <t>573</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2024/573/requerimentos_fevereiro_2024-1.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2024/573/requerimentos_fevereiro_2024-1.pdf</t>
   </si>
   <si>
     <t>"REQUER AO CHEFE DO PODER_x000D_
 EXECUTIVO MUNICIPAL DE BARROLÂNDIA,_x000D_
 DEPOIS DE OUVIDO O PLENÁRIO, FAZER A_x000D_
 REFORMA DO CAMPO SOCIETY".</t>
   </si>
   <si>
     <t>610</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2024/610/requerimentos_marco_2024-1.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2024/610/requerimentos_marco_2024-1.pdf</t>
   </si>
   <si>
     <t>"REQUER AO CHEFE DO PODER_x000D_
 EXECUTIVO MUNICIPAL DE BARROLÂNDIA,_x000D_
 DEPOIS DE OUVIDO O PLENÁRIO, FAZER O_x000D_
 ESTACIONAMENTO EM FRENTE A ESCOLA_x000D_
 MUNICIPAL MARCELLA COUTO CABRAL".</t>
   </si>
   <si>
     <t>611</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2024/611/requerimentos_marco_2024-2.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2024/611/requerimentos_marco_2024-2.pdf</t>
   </si>
   <si>
     <t>"REQUER AO CHEFE DO PODER_x000D_
 EXECUTIVO MUNICIPAL DE BARROLÂNDIA,_x000D_
 DEPOIS DE OUVIDO O PLENÁRIO, COLOCAR_x000D_
 A SINALIZAÇÃO NA RUA DA ESCOLA_x000D_
 MUNICIPAL MARCELLA COUTO CABRAL".</t>
   </si>
   <si>
     <t>612</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2024/612/requerimentos_marco_2024-3.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2024/612/requerimentos_marco_2024-3.pdf</t>
   </si>
   <si>
     <t>"REQUER AO CHEFE DO PODER_x000D_
 EXECUTIVO MUNICIPAL DE_x000D_
 BARROLÂNDIA, DEPOIS DE OUVIDO O_x000D_
 PLENÁRIO, PATROLAR E_x000D_
 ENCASCALHAR A ESTRADA QUE LIGA_x000D_
 BARROLÂNDIA ATÉ A REGIÃO DO SÃO_x000D_
 JOÃO E AS ESTRADAS VICINAIS ".</t>
   </si>
   <si>
     <t>613</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2024/613/requerimentos_marco_2024-4.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2024/613/requerimentos_marco_2024-4.pdf</t>
   </si>
   <si>
     <t>"REQUER AO CHEFE DO PODER_x000D_
 EXECUTIVO MUNICIPAL DE_x000D_
 BARROLÂNDIA, DEPOIS DE OUVIDO O_x000D_
 PLENÁRIO, REFORMA DA PONTE NA_x000D_
 GROTA FOLHA LARGA NA_x000D_
 PROPRIEDADE DO SR. FRANCISCO,_x000D_
 REGIÃO DO SÃO JOÃO".</t>
   </si>
   <si>
     <t>615</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2024/615/requerimentos_marco_2024-5.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2024/615/requerimentos_marco_2024-5.pdf</t>
   </si>
   <si>
     <t>"REQUER AO CHEFE DO PODER_x000D_
 LEGISLATIVO MUNICIPAL DE_x000D_
 BARROLÂNDIA, DEPOIS DE OUVIDO O_x000D_
 PLENÁRIO, REFORMA DA TENDA_x000D_
 AONDE GUARDA O CARRO DA_x000D_
 CÂMARA".</t>
   </si>
   <si>
     <t>616</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2024/616/requerimentos_marco_2024-6.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2024/616/requerimentos_marco_2024-6.pdf</t>
   </si>
   <si>
     <t>"REQUER AO CHEFE DO PODER_x000D_
 EXECUTIVO MUNICIPAL DE BARROLÂNDIA,_x000D_
 DEPOIS DE OUVIDO O PLENÁRIO, FAZER_x000D_
 UM BUEIRRO NA FAZENDA DOS GOIANOS".</t>
   </si>
   <si>
     <t>614</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>VANDERSON DE MORAIS FERREIRA</t>
-[...2 lines deleted...]
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2024/614/requerimentos_marco_2024-7.pdf</t>
+    <t>Vanderson de Morais Ferreira</t>
+  </si>
+  <si>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2024/614/requerimentos_marco_2024-7.pdf</t>
   </si>
   <si>
     <t>"REQUER AO CHEFE DO PODER_x000D_
 EXECUTIVO MUNICIPAL DE BARROLÂNDIA,_x000D_
 DEPOIS DE OUVIDO O PLENÁRIO, TROCAR_x000D_
 A ILUMINAÇÃO EM TODA A CIDADE POR_x000D_
 ILUMINAÇÃO DE LED".</t>
   </si>
   <si>
     <t>617</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2024/617/requerimentos_marco_2024-8.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2024/617/requerimentos_marco_2024-8.pdf</t>
   </si>
   <si>
     <t>"REQUER AO CHEFE DO PODER_x000D_
 EXECUTIVO MUNICIPAL DE BARROLÂNDIA,_x000D_
 DEPOIS DE OUVIDO O PLENÁRIO,_x000D_
 RETOCAR OS MEIOS FIOS EM TODA A_x000D_
 CIDADE AONDE ESTIVER QUEBRADOS".</t>
   </si>
   <si>
     <t>618</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2024/618/requerimentos_marco_2024-9.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2024/618/requerimentos_marco_2024-9.pdf</t>
   </si>
   <si>
     <t>"REQUER AO CHEFE DO PODER_x000D_
 EXECUTIVO MUNICIPAL DE BARROLÂNDIA,_x000D_
 DEPOIS DE OUVIDO O PLENÁRIO, FAZER_x000D_
 POÇOS ARTESIANOS EM PONTOS_x000D_
 ESTRATÉGICOS DA CIDADE".</t>
   </si>
   <si>
     <t>619</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2024/619/requerimentos_marco_2024-10.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2024/619/requerimentos_marco_2024-10.pdf</t>
   </si>
   <si>
     <t>"REQUER AO CHEFE DO PODER_x000D_
 EXECUTIVO MUNICIPAL DE BARROLÂNDIA,_x000D_
 DEPOIS DE OUVIDO O PLENÁRIO,_x000D_
 DETECTOR DE METAIS NAS ESCOLAS_x000D_
 MUNICIPAIS".</t>
   </si>
   <si>
     <t>620</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2024/620/requerimentos_marco_2024-11.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2024/620/requerimentos_marco_2024-11.pdf</t>
   </si>
   <si>
     <t>"REQUER AO CHEFE DO PODER_x000D_
 EXECUTIVO MUNICIPAL DE BARROLÂNDIA,_x000D_
 DEPOIS DE OUVIDO O PLENÁRIO,_x000D_
 REFORMAR OS ESTABELECIMENTOS DO_x000D_
 RODO SHOPPING".</t>
   </si>
   <si>
     <t>621</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2024/621/requerimentos_marco_2024-12.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2024/621/requerimentos_marco_2024-12.pdf</t>
   </si>
   <si>
     <t>"REQUER AO CHEFE DO PODER_x000D_
 EXECUTIVO MUNICIPAL DE BARROLÂNDIA,_x000D_
 DEPOIS DE OUVIDO O PLENÁRIO,_x000D_
 REVITALIZAÇÃO DA ESTRADA DA FAZENDA_x000D_
 CARRIDADE QUE DÁ ACESSO AO_x000D_
 ASSENTAMENTO OLHO D'ÁGUA E AS_x000D_
 VICINAIS ".</t>
   </si>
   <si>
     <t>622</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2024/622/requerimentos_marco_2024-13.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2024/622/requerimentos_marco_2024-13.pdf</t>
   </si>
   <si>
     <t>"REQUER AO CHEFE DO PODER_x000D_
 EXECUTIVO MUNICIPAL DE BARROLÂNDIA,_x000D_
 DEPOIS DE OUVIDO O PLENÁRIO, FAZER A_x000D_
 PONTE SOBRE A REPRESA DO ENXU DA_x000D_
 REGIÃO CAMPO GRANDE ".</t>
   </si>
   <si>
     <t>623</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2024/623/requerimentos_marco_2024-14.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2024/623/requerimentos_marco_2024-14.pdf</t>
   </si>
   <si>
     <t>"REQUER AO CHEFE DO PODER_x000D_
 EXECUTIVO MUNICIPAL DE BARROLÂNDIA,_x000D_
 DEPOIS DE OUVIDO O PLENÁRIO,_x000D_
 REVITALIZAÇÃO DA ESTRADA DA REGIÃO_x000D_
 CAMPO GRANDE E VICINAIS ".</t>
   </si>
   <si>
     <t>624</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2024/624/requerimentos_marco_2024-15.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2024/624/requerimentos_marco_2024-15.pdf</t>
   </si>
   <si>
     <t>"REQUER AO CHEFE DO PODER_x000D_
 EXECUTIVO MUNICIPAL DE BARROLÂNDIA,_x000D_
 DEPOIS DE OUVIDO O PLENÁRIO, FAZER_x000D_
 OPERAÇÃO TAPA BURRACO EM TODAS AS_x000D_
 RUAS DA CIDADE".</t>
   </si>
   <si>
     <t>625</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2024/625/requerimentos_abril_2024-1.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2024/625/requerimentos_abril_2024-1.pdf</t>
   </si>
   <si>
     <t>"REQUER AO CHEFE DO PODER_x000D_
 EXECUTIVO MUNICIPAL DE BARROLÂNDIA,_x000D_
 DEPOIS DE OUVIDO O PLENÁRIO, FAZER_x000D_
 UM POÇO ARTESIANO NO_x000D_
 RODO- SHOPPING".</t>
   </si>
   <si>
     <t>626</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2024/626/requerimentos_abril_2024-2.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2024/626/requerimentos_abril_2024-2.pdf</t>
   </si>
   <si>
     <t>"REQUER AO CHEFE DO PODER_x000D_
 EXECUTIVO MUNICIPAL DE BARROLÂNDIA,_x000D_
 DEPOIS DE OUVIDO O PLENÁRIO, TROCAR_x000D_
 A ILUMINAÇÃO DOS POSTES DO RODO_x000D_
 SHOPPING ATÉ A ROTA-153".</t>
   </si>
   <si>
     <t>627</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2024/627/requerimentos_abril_2024-3.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2024/627/requerimentos_abril_2024-3.pdf</t>
   </si>
   <si>
     <t>"REQUER AO CHEFE DO PODER_x000D_
 EXECUTIVO MUNICIPAL DE BARROLÂNOIA,_x000D_
 DEPOIS DE OUVIDO O PLENÁRIO, EXPEDIR_x000D_
 CONCESSÃO DE ESPAÇO PÚBLICO AOS_x000D_
 COMERCIANTES (QUIOSQUE) DO MEIO DAS_x000D_
 PRAÇAS E SE CABIVÉL UM PROCESSO_x000D_
 LICITA TÓRIO".</t>
   </si>
   <si>
     <t>628</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2024/628/requerimentos_abril_2024-4.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2024/628/requerimentos_abril_2024-4.pdf</t>
   </si>
   <si>
     <t>"REQUER AO CHEFE DO PODER_x000D_
 EXECUTIVO MUNICIPAL DE BARROLÂNDIA,_x000D_
 DEPOIS DE OUVIDO O PLENÁRIO, FAZER A_x000D_
 REFORMA DA FARMÁCIA, SALA DE_x000D_
 ENDEMIAS E VIGILÂNCIA SANITÁRIA".</t>
   </si>
   <si>
     <t>629</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2024/629/requerimentos_abril_2024-5.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2024/629/requerimentos_abril_2024-5.pdf</t>
   </si>
   <si>
     <t>"REQUER AO CHEFE DO PODER_x000D_
 EXECUTIVO MUNICIPAL DE BARROLÂNDIA,_x000D_
 DEPOIS DE OUVIDO O PLENÁRIO, FAZER_x000D_
 UM POÇO ARTESIANO NO ASENTAMENTO_x000D_
 25 DE JULHO".</t>
   </si>
   <si>
     <t>630</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2024/630/requerimentos_abril_2024-6.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2024/630/requerimentos_abril_2024-6.pdf</t>
   </si>
   <si>
     <t>"REQUER AO CHEFE DO PODER_x000D_
 EXECUTIVO MUNICIPAL DE BARROLÂNDIA,_x000D_
 DEPOIS DE OUVIDO O PLENÁRIO, FAZER A_x000D_
 ILUMINAÇÃO DA PRAÇA EM FRENTE A_x000D_
 ACADEMIA FIT-LIFE".</t>
   </si>
   <si>
     <t>592</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2024/592/requerimentos_-_maio_2024-1.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2024/592/requerimentos_-_maio_2024-1.pdf</t>
   </si>
   <si>
     <t>"REQUER AO CHEFE DO PODER_x000D_
 EXECUTIVO MUNICIPAL DE BARROLÂNDIA,_x000D_
 DEPOIS DE OUVIDO O PLENÁRIO, FAZER O_x000D_
 ASFALTO NA RUA PARÁ".</t>
   </si>
   <si>
     <t>594</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2024/594/requerimentos_-_maio_2024-3.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2024/594/requerimentos_-_maio_2024-3.pdf</t>
   </si>
   <si>
     <t>"REQUER AO CHEFE DO PODER_x000D_
 EXECUTIVO MUNICIPAL DE BARROLÂNDIA,_x000D_
 DEPOIS DE OUVIDO O PLENÁRIO, AMPLIAR_x000D_
 A SALA DOS PROFESSORES DO CMEI -_x000D_
 CRISTINO RÉGENES CARDOSO.</t>
   </si>
   <si>
     <t>593</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2024/593/requerimentos_-_maio_2024-2.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2024/593/requerimentos_-_maio_2024-2.pdf</t>
   </si>
   <si>
     <t>"REQUER AO CHEFE DO PODER_x000D_
 EXECUTIVO MUNICIPAL DE BARROLÂNDIA,_x000D_
 DEPOIS DE OUVIDO O PLENÁRIO, FAZER_x000D_
 UM BUEIRO NA FAZENDA RESERVA DO_x000D_
 PROPRIETÁRIO DRº BARRETO, REGIÃO DO_x000D_
 SÃO JOÃO".</t>
   </si>
   <si>
     <t>631</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2024/631/requerimentos_no_58_2024.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2024/631/requerimentos_no_58_2024.pdf</t>
   </si>
   <si>
     <t>REQUER AO CHEFE DO PODER_x000D_
 EXECUTIVO MUNICIPAL DE BARROLÂNDIA,_x000D_
 DEPOIS DE OUVIDO O PLENÁRIO, CRIAR O_x000D_
 NOME DA RUA NO FUNDO DO SETOR_x000D_
 RIBEIRO QUE FAZ DIVISA COM A FAZENDA_x000D_
 SÃO BORGES E A ILUMINAÇÃO".</t>
   </si>
   <si>
     <t>632</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2024/632/requerimentos_no_59_2024.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2024/632/requerimentos_no_59_2024.pdf</t>
   </si>
   <si>
     <t>"REQUER AO CHEFE DO PODER_x000D_
 EXECUTIVO MUNICIPAL DE BARROLÂNDIA,_x000D_
 DEPOIS DE OUVIDO O PLENÁRIO, MOLHAR_x000D_
 EM FRENTE O RODO SHOPPING ATÉ A_x000D_
 CHURRASCARIA ROTA 153".</t>
   </si>
   <si>
     <t>633</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2024/633/requerimentos_no_60__2024.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2024/633/requerimentos_no_60__2024.pdf</t>
   </si>
   <si>
     <t>"REQUER AO CHEFE DO PODER_x000D_
 EXECUTIVO MUNICIPAL DE BARROLÂNDIA,_x000D_
 DEPOIS DE OUVIDO O PLENÁRIO, CRIAR_x000D_
 UMA RUA NA ESTRADA DOS CAPELINHAS".</t>
   </si>
   <si>
     <t>634</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2024/634/requerimentos_no_61_2024.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2024/634/requerimentos_no_61_2024.pdf</t>
   </si>
   <si>
     <t>"REQUER AO CHEFE DO PODER_x000D_
 EXECUTIVO MUNICIPAL DE BARROLÂNDIA,_x000D_
 DEPOIS DE OUVIDO O PLENÁRIO, A_x000D_
 DESTINAÇÃO DE RECURSO JUNTAMENTE_x000D_
 COM A SECRETARIA MUNICIPAL DE SAÚDE_x000D_
 PARA A CASTRAÇÃO DE ANIMAIS".</t>
   </si>
   <si>
     <t>636</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>JOÃO RODRIGUES COSTA, MARCO AURELIO DE MORAIS NERY</t>
-[...2 lines deleted...]
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2024/636/requerimento_de_n_62-2024.pdf</t>
+    <t>JOÃO RODRIGUES COSTA, Marco Aurelio de Morais Nery</t>
+  </si>
+  <si>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2024/636/requerimento_de_n_62-2024.pdf</t>
   </si>
   <si>
     <t>"REQUER AO CHEFE DO PODER EXECUTIVO MUNICIPAL DE BARROLÂNDIA, DEPOIS DE OUVIDO O PLENÁRIO, AQUISIÇÃO DE CONJUNTO DE MESAS E CADEIRAS PARA OS PROFESSORES E ALUNOS DA ESCOLA MUNICIPAL CRIANÇA FELIZ".</t>
   </si>
   <si>
     <t>637</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2024/637/requerimento_de_n_63-2024.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2024/637/requerimento_de_n_63-2024.pdf</t>
   </si>
   <si>
     <t>"REQUER AO CHEFE DO PODER EXECUTIVO MUNICIPAL DE BARROLÂNDIA, DEPOIS QE OUVIDO O PLENÁRIO, AQUISIÇÃO DE CONJUNTOS DE MESAS PARA O REFEITÓRIO E BEBEDOUROS PARA AS SALAS DE AULA DA ESCOLA MUNICIPAL CRIANÇA FELIZ".</t>
   </si>
   <si>
     <t>638</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2024/638/requerimento_de_n_64-2024.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2024/638/requerimento_de_n_64-2024.pdf</t>
   </si>
   <si>
     <t>"REQUER AO CHEFE DO PODER EXECUTIVO MUNICIPAL DE BARROLÂNDIA, DEPOIS DE OUVIDO O PLENÁRIO, SINALIZAÇÃO EM FRENTE AS ESCOLAS MUNICIPAIS COM FAIXA DE PEDESTRES".</t>
   </si>
   <si>
     <t>639</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2024/639/requerimento_de_n_65-2024.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2024/639/requerimento_de_n_65-2024.pdf</t>
   </si>
   <si>
     <t>"REQUER AO CHEFE DO PODER EXECUTIVO MUNICIPAL DE BARROLÂNDIA, DEPOIS DE OUVIDO O PLENÁRIO, PARA QUE SEJA LEMBRADO EM TODOS OS ORGÃOS PÚBLICOS MUNIClPAIS, DO "DIA NACIONAL DA PESSOA, COM ATROFIA MUSCULAR ESPINHAL (AME) 08/08".</t>
   </si>
   <si>
     <t>640</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2024/640/requerimento_de_n_66-2024.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2024/640/requerimento_de_n_66-2024.pdf</t>
   </si>
   <si>
     <t>"REQUER AO CHEFE DO PODER EXECUTIVO MUNICIPAL DE BARROLÂNDIA, DEPOIS DE OUVIDO O PLENÁRIO, REGULARIZAR O TRANSPORTE ESCOLAR DA REGIÃO CAMPO ALEGRE ".</t>
   </si>
   <si>
     <t>641</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>JESSÉ VINICIUS RODRIGUES, MARIA RAIMUNDA PEREIRA CAVALCANTE COSTA</t>
-[...2 lines deleted...]
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2024/641/requerimento_de_n_67-2024.pdf</t>
+    <t>Jessé Vinicius Rodrigues, Maria Raimunda Pereira Cavalcante Costa</t>
+  </si>
+  <si>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2024/641/requerimento_de_n_67-2024.pdf</t>
   </si>
   <si>
     <t>"REQUER AO CHEFE DO PODER EXECUTIVO MUNICIPAL DE BARROLÂNDIA, DEPOIS DE OUVIDO O PLENÁRIO, AQUISIÇÃO DE MOVEIS PARA O_x000D_
 REFEITÓRIO DA APAE".</t>
   </si>
   <si>
     <t>642</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2024/642/requerimento_de_n_68-2024.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2024/642/requerimento_de_n_68-2024.pdf</t>
   </si>
   <si>
     <t>"REQUER AO CHEFE DO PODER EXECUTIVO MUNICIPAL DE BARROLÂNDIA, DEPOIS DE OUVIDO O PLENÁRIO, AQUISIÇÃO DE CANTONEIRAS,_x000D_
 COMPUTADORES E IMPRESSORAS PARA A SALA MULTI FUNCIONAL, SALA DOS PROFESSORES E LABORA TÓRIO DE INFORMATICA DA ESCOLA CRIANÇA FELIZ".</t>
   </si>
   <si>
     <t>643</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2024/643/requerimento_de_n_69-2024.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2024/643/requerimento_de_n_69-2024.pdf</t>
   </si>
   <si>
     <t>"REQUER AO CHEFE DO PODER EXECUTIVO MUNICIPAL DE BARROLÂNDIA, DEPOIS DE OUVIDO O PLENARIO, AQUISIÇÃO DE DOIS CAMINHÕES_x000D_
 CAÇAMBA E UMA RETROESCAVADEIRA".</t>
   </si>
   <si>
     <t>555</t>
   </si>
   <si>
     <t>PAR</t>
   </si>
   <si>
     <t>Parecer das Comissões</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2024/555/parecer_das_comissoes_-_fevereiro_2024.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2024/555/parecer_das_comissoes_-_fevereiro_2024.pdf</t>
   </si>
   <si>
     <t>Trata-se de projeto de lei de autoria do poder executivo, que revoga artigo da lei municipal 141/2014 e dá outras providencias.</t>
   </si>
   <si>
     <t>556</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2024/556/parecer_das_comissoes_-_abril_2024-4-6.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2024/556/parecer_das_comissoes_-_abril_2024-4-6.pdf</t>
   </si>
   <si>
     <t>Trata-se de projeto de lei de autoria do poder executivo, que "altera a lei nº 305/2023 e aprova a nova estrutura administrativa, e dá outras providências.</t>
   </si>
   <si>
     <t>557</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2024/557/parecer_das_comissoes_-_abril_2024-1-3.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2024/557/parecer_das_comissoes_-_abril_2024-1-3.pdf</t>
   </si>
   <si>
     <t>Trata -se de projeto de lei de autoria do poder legislativo, que " dispõe sobre a fixação dos subsídios do prefeito; vice´prefeito e dos secretários do municipio de barrolândia, para a legislatura de 2025 a 2028 e adota outras providências.</t>
   </si>
   <si>
     <t>558</t>
   </si>
   <si>
     <t>CFTFC - COMISSÃO DE FINANÇAS, TRIBUTAÇÃO, FISCALIZAÇÃO E CONTROLE</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2024/558/parecer_das_comissoes_-_maio_2024.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2024/558/parecer_das_comissoes_-_maio_2024.pdf</t>
   </si>
   <si>
     <t>Trata-se de projeto de lei de autoria do poder executivo, que "Dispõe sobre conceder auxílio financeiro ao sindicato rural do município de barrolândia, para custeio das despesas com a exposição agropecuária 2024."</t>
   </si>
   <si>
     <t>644</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2024/644/parecer_do_proj_lei_07-2024.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2024/644/parecer_do_proj_lei_07-2024.pdf</t>
   </si>
   <si>
     <t>Parecer referente ao Projeto de Lei nº 07/2024 que trata-se de Projeto de Lei de autoria do Poder Legislativo, que "DISPÕE SOBRE A COLETA DE RESÍDUOS SÓLIDOS DA ZONA RURAL, NO ÂMBITO DO MUNICÍPIO E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>740</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/</t>
   </si>
   <si>
     <t>Relatório e Parecer da CCJR do Projeto de Lei Ordinária nº 317/2024: no qual DISPÕE SOBRE ALTERAÇÃO DA LEI 168/2017 QUE TRATA DO CONSELHO MUNICIPAL DO MEIO AMBIENTE - CMMA DE BARROLÂNDIA/TO.</t>
   </si>
   <si>
     <t>741</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2024/741/-parecer_projeto_de_lei_318-2024.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2024/741/-parecer_projeto_de_lei_318-2024.pdf</t>
   </si>
   <si>
     <t>Relatório e Parecer da CCJR - Projeto de Lei Complementar nº 318/2024: no qual DISPÕE SOBRE "DECLARA ÁREAS DE EXPANSÃO URBANA E DE ESPECIAL INTERRESE SOCIAL E ECONÔMICO, PARA O CRESCIMENTO E DESENVOLVIMENTO DO MUNICÍPIO DE BARROLÂNDIA /TO E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>742</t>
   </si>
   <si>
-    <t>MARIA RAIMUNDA PEREIRA CAVALCANTE COSTA, VANDERSON DE MORAIS FERREIRA</t>
-[...2 lines deleted...]
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2024/742/-parecer_projeto_de_lei_319-2024.pdf</t>
+    <t>Maria Raimunda Pereira Cavalcante Costa, Vanderson de Morais Ferreira</t>
+  </si>
+  <si>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2024/742/-parecer_projeto_de_lei_319-2024.pdf</t>
   </si>
   <si>
     <t>Relatório e Parecer da CCJR e CFTFC - Projeto de Lei nº319/2024 de 25 de novembro de 2024: que DISPÕE SOBRE ALTERAÇÃO / ATUALIZAÇÕES DO PLANO PLURIANUAL DO GOVERNO DO MUNICÍPIO, PARA O EXERCÍCIO DE 2025.</t>
   </si>
   <si>
     <t>743</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2024/743/parecer_projeto_de_lei_320-20243.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2024/743/parecer_projeto_de_lei_320-20243.pdf</t>
   </si>
   <si>
     <t>Relatório e Parece:r da CCJR e CFTFC - Projeto de Lei nº320/2024, de 25 de novembro de 2024, que DISPÕE SOBRE AS DIRETRIZES GERAIS PARA A LABORAÇÃO DA LEI ORÇAMENTÁRIA PARA O EXERCÍCIO DE 2025 e dá outras providências.</t>
   </si>
   <si>
     <t>744</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2024/744/parecer_projeto_de_lei_321-2024.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2024/744/parecer_projeto_de_lei_321-2024.pdf</t>
   </si>
   <si>
     <t>Relatório e Parecer da CCJR e CFTFC - Projeto de Lei nº321 /2024 de 25 de novembro de 2024, que DISPÕE SOBRE A ESTIMA A RECEITA E FIXA A DESPESA DO ORÇAMENTO ANUAL DO MUNICÍPIO DE BARROLÂNDIA , PARA O EXERCÍCIO FINANCEIRO DE 2025 e dá outras providências.</t>
+  </si>
+  <si>
+    <t>813</t>
+  </si>
+  <si>
+    <t>PLL</t>
+  </si>
+  <si>
+    <t>Projeto de Lei do Legislativo</t>
+  </si>
+  <si>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2024/813/projeto_de_lei_n_07-2024.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a coleta de resíduos sólidos da zona rural, no âmbito do município e dá outras providências.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
@@ -1753,68 +1768,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2024/567/projeto_de_lei__-_abril_2024.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2024/645/projeto_de_lei_no_007-2024.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2024/571/projetos_de_lei_-_fevereiro_2024.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2024/570/projetos_de_lei_-_abril_02_-_2024.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2024/568/projeto_de_lei_-_maio_2024.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2024/735/projeto_de_lei_ordinario_-_317.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2024/737/projeto_de_lei_319-2024.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2024/738/projeto_de_lei_320-2024.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2024/739/projeto_de_lei_321-2024.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2024/736/projeto_de_lei_comp_318-2024.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2024/635/projeto_resolucao_006-2024_-_05-06-2024.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2024/609/requerimentos_fevereiro_2024-32.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2024/608/requerimentos_fevereiro_2024-31.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2024/607/requerimentos_fevereiro_2024-30.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2024/606/requerimentos_fevereiro_2024-29.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2024/605/requerimentos_fevereiro_2024-28.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2024/604/requerimentos_fevereiro_2024-27.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2024/603/requerimentos_fevereiro_2024-26.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2024/602/requerimentos_fevereiro_2024-25.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2024/601/requerimentos_fevereiro_2024-24.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2024/600/requerimentos_fevereiro_2024-23.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2024/599/requerimentos_fevereiro_2024-22.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2024/598/requerimentos_fevereiro_2024-21.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2024/591/requerimentos_fevereiro_2024-20.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2024/590/requerimentos_fevereiro_2024-19.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2024/589/requerimentos_fevereiro_2024-18.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2024/588/requerimentos_fevereiro_2024-17.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2024/587/requerimentos_fevereiro_2024-16.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2024/586/requerimentos_fevereiro_2024-15.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2024/585/requerimentos_fevereiro_2024-14.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2024/584/requerimentos_fevereiro_2024-13.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2024/583/requerimentos_fevereiro_2024-12.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2024/582/requerimentos_fevereiro_2024-11.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2024/572/requerimentos_fevereiro_2024-10.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2024/581/requerimentos_fevereiro_2024-9.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2024/577/requerimentos_fevereiro_2024-8.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2024/578/requerimentos_fevereiro_2024-7.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2024/576/requerimentos_fevereiro_2024-6.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2024/574/requerimentos_fevereiro_2024-5.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2024/580/requerimentos_fevereiro_2024-4.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2024/575/requerimentos_fevereiro_2024-3.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2024/579/requerimentos_fevereiro_2024-2.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2024/573/requerimentos_fevereiro_2024-1.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2024/610/requerimentos_marco_2024-1.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2024/611/requerimentos_marco_2024-2.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2024/612/requerimentos_marco_2024-3.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2024/613/requerimentos_marco_2024-4.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2024/615/requerimentos_marco_2024-5.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2024/616/requerimentos_marco_2024-6.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2024/614/requerimentos_marco_2024-7.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2024/617/requerimentos_marco_2024-8.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2024/618/requerimentos_marco_2024-9.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2024/619/requerimentos_marco_2024-10.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2024/620/requerimentos_marco_2024-11.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2024/621/requerimentos_marco_2024-12.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2024/622/requerimentos_marco_2024-13.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2024/623/requerimentos_marco_2024-14.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2024/624/requerimentos_marco_2024-15.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2024/625/requerimentos_abril_2024-1.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2024/626/requerimentos_abril_2024-2.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2024/627/requerimentos_abril_2024-3.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2024/628/requerimentos_abril_2024-4.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2024/629/requerimentos_abril_2024-5.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2024/630/requerimentos_abril_2024-6.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2024/592/requerimentos_-_maio_2024-1.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2024/594/requerimentos_-_maio_2024-3.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2024/593/requerimentos_-_maio_2024-2.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2024/631/requerimentos_no_58_2024.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2024/632/requerimentos_no_59_2024.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2024/633/requerimentos_no_60__2024.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2024/634/requerimentos_no_61_2024.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2024/636/requerimento_de_n_62-2024.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2024/637/requerimento_de_n_63-2024.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2024/638/requerimento_de_n_64-2024.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2024/639/requerimento_de_n_65-2024.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2024/640/requerimento_de_n_66-2024.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2024/641/requerimento_de_n_67-2024.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2024/642/requerimento_de_n_68-2024.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2024/643/requerimento_de_n_69-2024.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2024/555/parecer_das_comissoes_-_fevereiro_2024.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2024/556/parecer_das_comissoes_-_abril_2024-4-6.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2024/557/parecer_das_comissoes_-_abril_2024-1-3.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2024/558/parecer_das_comissoes_-_maio_2024.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2024/644/parecer_do_proj_lei_07-2024.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2024/741/-parecer_projeto_de_lei_318-2024.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2024/742/-parecer_projeto_de_lei_319-2024.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2024/743/parecer_projeto_de_lei_320-20243.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2024/744/parecer_projeto_de_lei_321-2024.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2024/567/projeto_de_lei__-_abril_2024.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2024/645/projeto_de_lei_no_007-2024.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2024/571/projetos_de_lei_-_fevereiro_2024.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2024/570/projetos_de_lei_-_abril_02_-_2024.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2024/568/projeto_de_lei_-_maio_2024.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2024/735/projeto_de_lei_ordinario_-_317.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2024/737/projeto_de_lei_319-2024.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2024/738/projeto_de_lei_320-2024.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2024/739/projeto_de_lei_321-2024.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2024/736/projeto_de_lei_comp_318-2024.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2024/635/projeto_resolucao_006-2024_-_05-06-2024.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2024/609/requerimentos_fevereiro_2024-32.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2024/608/requerimentos_fevereiro_2024-31.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2024/607/requerimentos_fevereiro_2024-30.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2024/606/requerimentos_fevereiro_2024-29.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2024/605/requerimentos_fevereiro_2024-28.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2024/604/requerimentos_fevereiro_2024-27.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2024/603/requerimentos_fevereiro_2024-26.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2024/602/requerimentos_fevereiro_2024-25.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2024/601/requerimentos_fevereiro_2024-24.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2024/600/requerimentos_fevereiro_2024-23.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2024/599/requerimentos_fevereiro_2024-22.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2024/598/requerimentos_fevereiro_2024-21.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2024/591/requerimentos_fevereiro_2024-20.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2024/590/requerimentos_fevereiro_2024-19.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2024/589/requerimentos_fevereiro_2024-18.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2024/588/requerimentos_fevereiro_2024-17.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2024/587/requerimentos_fevereiro_2024-16.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2024/586/requerimentos_fevereiro_2024-15.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2024/585/requerimentos_fevereiro_2024-14.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2024/584/requerimentos_fevereiro_2024-13.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2024/583/requerimentos_fevereiro_2024-12.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2024/582/requerimentos_fevereiro_2024-11.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2024/572/requerimentos_fevereiro_2024-10.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2024/581/requerimentos_fevereiro_2024-9.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2024/577/requerimentos_fevereiro_2024-8.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2024/578/requerimentos_fevereiro_2024-7.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2024/576/requerimentos_fevereiro_2024-6.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2024/574/requerimentos_fevereiro_2024-5.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2024/580/requerimentos_fevereiro_2024-4.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2024/575/requerimentos_fevereiro_2024-3.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2024/579/requerimentos_fevereiro_2024-2.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2024/573/requerimentos_fevereiro_2024-1.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2024/610/requerimentos_marco_2024-1.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2024/611/requerimentos_marco_2024-2.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2024/612/requerimentos_marco_2024-3.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2024/613/requerimentos_marco_2024-4.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2024/615/requerimentos_marco_2024-5.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2024/616/requerimentos_marco_2024-6.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2024/614/requerimentos_marco_2024-7.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2024/617/requerimentos_marco_2024-8.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2024/618/requerimentos_marco_2024-9.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2024/619/requerimentos_marco_2024-10.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2024/620/requerimentos_marco_2024-11.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2024/621/requerimentos_marco_2024-12.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2024/622/requerimentos_marco_2024-13.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2024/623/requerimentos_marco_2024-14.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2024/624/requerimentos_marco_2024-15.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2024/625/requerimentos_abril_2024-1.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2024/626/requerimentos_abril_2024-2.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2024/627/requerimentos_abril_2024-3.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2024/628/requerimentos_abril_2024-4.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2024/629/requerimentos_abril_2024-5.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2024/630/requerimentos_abril_2024-6.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2024/592/requerimentos_-_maio_2024-1.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2024/594/requerimentos_-_maio_2024-3.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2024/593/requerimentos_-_maio_2024-2.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2024/631/requerimentos_no_58_2024.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2024/632/requerimentos_no_59_2024.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2024/633/requerimentos_no_60__2024.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2024/634/requerimentos_no_61_2024.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2024/636/requerimento_de_n_62-2024.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2024/637/requerimento_de_n_63-2024.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2024/638/requerimento_de_n_64-2024.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2024/639/requerimento_de_n_65-2024.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2024/640/requerimento_de_n_66-2024.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2024/641/requerimento_de_n_67-2024.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2024/642/requerimento_de_n_68-2024.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2024/643/requerimento_de_n_69-2024.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2024/555/parecer_das_comissoes_-_fevereiro_2024.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2024/556/parecer_das_comissoes_-_abril_2024-4-6.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2024/557/parecer_das_comissoes_-_abril_2024-1-3.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2024/558/parecer_das_comissoes_-_maio_2024.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2024/644/parecer_do_proj_lei_07-2024.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2024/741/-parecer_projeto_de_lei_318-2024.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2024/742/-parecer_projeto_de_lei_319-2024.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2024/743/parecer_projeto_de_lei_320-20243.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2024/744/parecer_projeto_de_lei_321-2024.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2024/813/projeto_de_lei_n_07-2024.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H90"/>
+  <dimension ref="A1:H91"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
-    <col min="6" max="6" width="74.85546875" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="114.28515625" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="66.42578125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="113.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
@@ -4109,50 +4124,76 @@
     </row>
     <row r="90" spans="1:8">
       <c r="A90" t="s">
         <v>375</v>
       </c>
       <c r="B90" t="s">
         <v>9</v>
       </c>
       <c r="C90" t="s">
         <v>101</v>
       </c>
       <c r="D90" t="s">
         <v>345</v>
       </c>
       <c r="E90" t="s">
         <v>346</v>
       </c>
       <c r="F90" t="s">
         <v>369</v>
       </c>
       <c r="G90" s="1" t="s">
         <v>376</v>
       </c>
       <c r="H90" t="s">
         <v>377</v>
+      </c>
+    </row>
+    <row r="91" spans="1:8">
+      <c r="A91" t="s">
+        <v>378</v>
+      </c>
+      <c r="B91" t="s">
+        <v>9</v>
+      </c>
+      <c r="C91" t="s">
+        <v>17</v>
+      </c>
+      <c r="D91" t="s">
+        <v>379</v>
+      </c>
+      <c r="E91" t="s">
+        <v>380</v>
+      </c>
+      <c r="F91" t="s">
+        <v>13</v>
+      </c>
+      <c r="G91" s="1" t="s">
+        <v>381</v>
+      </c>
+      <c r="H91" t="s">
+        <v>382</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
     <hyperlink ref="G15" r:id="rId14"/>
     <hyperlink ref="G16" r:id="rId15"/>
     <hyperlink ref="G17" r:id="rId16"/>
     <hyperlink ref="G18" r:id="rId17"/>
     <hyperlink ref="G19" r:id="rId18"/>
     <hyperlink ref="G20" r:id="rId19"/>
     <hyperlink ref="G21" r:id="rId20"/>
     <hyperlink ref="G22" r:id="rId21"/>
@@ -4202,50 +4243,51 @@
     <hyperlink ref="G66" r:id="rId65"/>
     <hyperlink ref="G67" r:id="rId66"/>
     <hyperlink ref="G68" r:id="rId67"/>
     <hyperlink ref="G69" r:id="rId68"/>
     <hyperlink ref="G70" r:id="rId69"/>
     <hyperlink ref="G71" r:id="rId70"/>
     <hyperlink ref="G72" r:id="rId71"/>
     <hyperlink ref="G73" r:id="rId72"/>
     <hyperlink ref="G74" r:id="rId73"/>
     <hyperlink ref="G75" r:id="rId74"/>
     <hyperlink ref="G76" r:id="rId75"/>
     <hyperlink ref="G77" r:id="rId76"/>
     <hyperlink ref="G78" r:id="rId77"/>
     <hyperlink ref="G79" r:id="rId78"/>
     <hyperlink ref="G80" r:id="rId79"/>
     <hyperlink ref="G81" r:id="rId80"/>
     <hyperlink ref="G82" r:id="rId81"/>
     <hyperlink ref="G83" r:id="rId82"/>
     <hyperlink ref="G84" r:id="rId83"/>
     <hyperlink ref="G85" r:id="rId84"/>
     <hyperlink ref="G86" r:id="rId85"/>
     <hyperlink ref="G87" r:id="rId86"/>
     <hyperlink ref="G88" r:id="rId87"/>
     <hyperlink ref="G89" r:id="rId88"/>
     <hyperlink ref="G90" r:id="rId89"/>
+    <hyperlink ref="G91" r:id="rId90"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>