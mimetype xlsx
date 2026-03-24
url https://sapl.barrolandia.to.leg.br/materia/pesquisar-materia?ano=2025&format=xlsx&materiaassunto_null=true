--- v0 (2025-10-26)
+++ v1 (2026-03-24)
@@ -10,1544 +10,2628 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="952" uniqueCount="498">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1708" uniqueCount="859">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>722</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>322</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>JOÃO MACHADO ALVES</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/722/projeto_de_lei_n_322-2025.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/722/projeto_de_lei_n_322-2025.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a efetuar contratação de colaboradores de forma temporária.</t>
   </si>
   <si>
     <t>725</t>
   </si>
   <si>
     <t>323</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/725/projeto_de_lei_ordinaria_n_323-2025.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/725/projeto_de_lei_ordinaria_n_323-2025.pdf</t>
   </si>
   <si>
     <t>Aprova a nova estrutura administrativa do município de Barrolândia/TO.</t>
   </si>
   <si>
     <t>721</t>
   </si>
   <si>
     <t>324</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/721/projeto_de_lei_n_324-2025.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/721/projeto_de_lei_n_324-2025.pdf</t>
   </si>
   <si>
     <t>Institui no âmbito do município de Barrolândia/TO o programa de desempenho da atenção primária à saúde - APS, nos termos da portaria GM/MS n° 3.493, de 10 de abril de 2024, do ministério da saúde e dá outras providências.</t>
   </si>
   <si>
     <t>723</t>
   </si>
   <si>
     <t>325</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/723/projeto_de_lei_n_325-2025_2.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/723/projeto_de_lei_n_325-2025_2.pdf</t>
   </si>
   <si>
     <t>Altera o Art. 6° da Lei n° 320/2024 de 27 de dezembro de 2024 - Lei Orçamentária Anual.</t>
   </si>
   <si>
     <t>724</t>
   </si>
   <si>
     <t>326</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/724/projeto_de_lei_n_326-2025_2.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/724/projeto_de_lei_n_326-2025_2.pdf</t>
   </si>
   <si>
     <t>Concede reajuste aos professores e altera a Lei n° 324/2025 que trata da estrutura administrativa.</t>
   </si>
   <si>
     <t>763</t>
   </si>
   <si>
     <t>327</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/763/projeto_de_lei_n_327-2025.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/763/projeto_de_lei_n_327-2025.pdf</t>
   </si>
   <si>
     <t>Altera o art. 6° da Lei n° 320/2024 de 27 de dezembro de 2024 - Lei de Orçamento Anual.</t>
   </si>
   <si>
     <t>764</t>
   </si>
   <si>
     <t>328</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/764/projeto_de_lei_n_328.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/764/projeto_de_lei_n_328.pdf</t>
   </si>
   <si>
     <t>Cria o Conselho Municipal dos Direitos da Mulher - CMDM.</t>
   </si>
   <si>
     <t>765</t>
   </si>
   <si>
     <t>329</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/765/projeto_de_lei_n_329-2025.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/765/projeto_de_lei_n_329-2025.pdf</t>
   </si>
   <si>
     <t>Autoriza o poder executivo a conceder auxílio financeiro ao sindicato rural de Barrolândia/TO para custeio das despesas com a exposição agropecuária/2025.</t>
   </si>
   <si>
     <t>773</t>
   </si>
   <si>
     <t>330</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/773/projeto_de_lei_n_330-2025.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/773/projeto_de_lei_n_330-2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação do Conselho Municipal de Turismo, da Política Municipal de Turismo e do Fundo Municipal de Turismo de Barrolândia/TO.</t>
   </si>
   <si>
     <t>774</t>
   </si>
   <si>
     <t>332</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/774/projeto_de_lei_n_332-2025.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/774/projeto_de_lei_n_332-2025.pdf</t>
   </si>
   <si>
     <t>Institui o Plano Municipal de Saneamento Básico destinado a Gestão dos Serviços Públicos Municipais de Saneamento Básico, a saber: abastecimento de água, esgotamento sanitário, limpeza urbana e manejo dos resíduos sólidos e drenagem urbana e manejo das águas pluviais, em todo o território do município de Barrolândia/TO.</t>
   </si>
   <si>
     <t>775</t>
   </si>
   <si>
     <t>333</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/775/projeto_de_lei_n_333-2025.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/775/projeto_de_lei_n_333-2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Sistema Municipal de Segurança Alimentar e Nutricional - SISAN, e dá outras providências.</t>
   </si>
   <si>
+    <t>838</t>
+  </si>
+  <si>
+    <t>334</t>
+  </si>
+  <si>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/838/projeto_de_lei_n_334-2025.pdf</t>
+  </si>
+  <si>
+    <t>Autoriza a doação de lotes urbanos para construção de habitação de interesse social e adota outras providências.</t>
+  </si>
+  <si>
+    <t>837</t>
+  </si>
+  <si>
+    <t>335</t>
+  </si>
+  <si>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/837/projeto_de_lei_ordinaria_n_335-2025.pdf</t>
+  </si>
+  <si>
+    <t>Altera a Lei n° 324/2025, que trata da estrutura administrativa do Município de Barrolândia/TO, para modificar o quantitativo de vagas do cargo de Monitor de Ensino, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>844</t>
+  </si>
+  <si>
+    <t>336</t>
+  </si>
+  <si>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/844/projeto_de_lei_n._336-2025.pdf</t>
+  </si>
+  <si>
+    <t>Autoriza o poder executivo Municipal a contratar financiamento para aquisição de veículo tipo van destinado ao transporte de pacientes e dá outras providências.</t>
+  </si>
+  <si>
+    <t>847</t>
+  </si>
+  <si>
+    <t>337</t>
+  </si>
+  <si>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/847/projeto_de_lei_no_337-2025_ppa_barrolandia.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre Elaboração do Plano Plurianual de governo do Município, para o período de 2026/2029.</t>
+  </si>
+  <si>
+    <t>848</t>
+  </si>
+  <si>
+    <t>338</t>
+  </si>
+  <si>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/848/0001_-_projeto_de_lei_338-2025_ldo_barrolandia.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre as Diretrizes Gerais para a elaboração da Lei Orçamentária para o exercício de 2026 e dá outras providências.</t>
+  </si>
+  <si>
+    <t>849</t>
+  </si>
+  <si>
+    <t>339</t>
+  </si>
+  <si>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/849/projeto_lei_339-2025__loa_barrolandia.pdf</t>
+  </si>
+  <si>
+    <t>Estima a Receita e fixa a Despesa do Orçamento Anual do Município de BARROLÂNDIA, para o exercício financeiro de 2026.</t>
+  </si>
+  <si>
     <t>767</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>CLEITON MARINHO DE BRITO, ELDIVAN MACHADO COELHO, JESSÉ VINICIUS RODRIGUES, MARCO AURELIO DE MORAIS NERY, MARIA RAIMUNDA PEREIRA CAVALCANTE COSTA, VANDERSON DE MORAIS FERREIRA</t>
-[...2 lines deleted...]
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/767/projeto_de_resolucao_005-2025.pdf</t>
+    <t>Cleiton Marinho de Brito, Eldivan Machado Coelho, Jessé Vinicius Rodrigues, Marco Aurelio de Morais Nery, Maria Raimunda Pereira Cavalcante Costa, Vanderson de Morais Ferreira</t>
+  </si>
+  <si>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/767/projeto_de_resolucao_005-2025.pdf</t>
   </si>
   <si>
     <t>"Altera a redação do Artigo 9° do Regimento Interno desta Casa de Leis, bem como da Resolução 07/2023 - Para redefinir a forma de eleição da Mesa Diretora."</t>
   </si>
   <si>
     <t>766</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PELO</t>
   </si>
   <si>
     <t>Projeto de Emenda à Lei Orgânica</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/766/projeto_de_emenda_lei_organica_001-2025.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/766/projeto_de_emenda_lei_organica_001-2025.pdf</t>
   </si>
   <si>
     <t>"EMENDA À LEI ORGÂNICA MUNICIPAL".</t>
   </si>
   <si>
     <t>646</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>MARIA RAIMUNDA PEREIRA CAVALCANTE COSTA</t>
-[...2 lines deleted...]
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/646/requerimento_n_01-2025.pdf</t>
+    <t>Maria Raimunda Pereira Cavalcante Costa</t>
+  </si>
+  <si>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/646/requerimento_n_01-2025.pdf</t>
   </si>
   <si>
     <t>Requer ao chefe do poder executivo municipal de Barrolândia, depois de ouvido o plenário, fazer uma praça abaixo do antigo presídio com parque e pista de caminhada.</t>
   </si>
   <si>
     <t>647</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/647/requerimento_n_02-2025.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/647/requerimento_n_02-2025.pdf</t>
   </si>
   <si>
     <t>Requer ao chefe do poder executivo municipal de Barrolândia, depois de ouvido o plenário, fazer o recapeamento asfáltico em toda a cidade.</t>
   </si>
   <si>
     <t>648</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/648/requerimento_n_03-2025.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/648/requerimento_n_03-2025.pdf</t>
   </si>
   <si>
     <t>Requer ao chefe do poder executivo municipal de Barrolândia, depois de ouvido o plenário, fazer um quebra-molas na rua Piauí em frente ao society.</t>
   </si>
   <si>
     <t>649</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/649/requerimento_n_04-2025.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/649/requerimento_n_04-2025.pdf</t>
   </si>
   <si>
     <t>Requer ao chefe do poder executivo municipal de Barrolândia, depois de ouvido o plenário, fazer um quebra-molas na avenida Goiás em frente a residência da dina Denair.</t>
   </si>
   <si>
     <t>650</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/650/requerimento_n_05-2025.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/650/requerimento_n_05-2025.pdf</t>
   </si>
   <si>
     <t>Requer ao chefe do poder executivo municipal de Barrolândia, depois de ouvido o plenário, fazer um quebra-molas na rua 13 de maio em frente a Assembléia de Deus.</t>
   </si>
   <si>
     <t>651</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/651/requerimento_n_06-2025.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/651/requerimento_n_06-2025.pdf</t>
   </si>
   <si>
     <t>Requer ao chefe do poder executivo municipal de Barrolândia, depois de ouvido o plenário, fazer três quebra-molas na rua Juares Bucar.</t>
   </si>
   <si>
     <t>652</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/652/requerimento_n_07-2025.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/652/requerimento_n_07-2025.pdf</t>
   </si>
   <si>
     <t>Requer ao chefe do poder executivo municipal de Barrolândia, depois de ouvido o plenário, fazer a recuperação das estradas da região campo grande.</t>
   </si>
   <si>
     <t>653</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>MARCO AURELIO DE MORAIS NERY</t>
-[...2 lines deleted...]
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/653/requerimento_n_08-2025.pdf</t>
+    <t>Marco Aurelio de Morais Nery</t>
+  </si>
+  <si>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/653/requerimento_n_08-2025.pdf</t>
   </si>
   <si>
     <t>Requer ao chefe do poder executivo municipal de Barrolândia, depois de ouvido o plenário, instalar câmeras de segurança no rodo shopping.</t>
   </si>
   <si>
     <t>654</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>MARCOS JUNIOR, VANDERSON DE MORAIS FERREIRA</t>
-[...2 lines deleted...]
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/654/requerimento_n_09-2025.pdf</t>
+    <t>Marcos Antônio da Silva Junior, Vanderson de Morais Ferreira</t>
+  </si>
+  <si>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/654/requerimento_n_09-2025.pdf</t>
   </si>
   <si>
     <t>Requer ao chefe do poder executivo municipal, depois de ouvido o plenário, por meio da Secretaria responsável, substituição da iluminação de lâmpadas convencionais por lâmpadas de LED em toda a cidade de Barrolândia.</t>
   </si>
   <si>
     <t>655</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>VANDERSON DE MORAIS FERREIRA</t>
-[...2 lines deleted...]
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/655/requerimento_n_10-2025.pdf</t>
+    <t>Vanderson de Morais Ferreira</t>
+  </si>
+  <si>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/655/requerimento_n_10-2025.pdf</t>
   </si>
   <si>
     <t>Requer ao chefe do poder executivo municipal de Barrolândia, depois de ouvido o plenário, retocar os meios fios em toda a cidade aonde estiver quebrados.</t>
   </si>
   <si>
     <t>656</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/656/requerimento_n_11-2025.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/656/requerimento_n_11-2025.pdf</t>
   </si>
   <si>
     <t>Requer ao chefe do poder executivo municipal de Barrolândia, depois de ouvido o plenário, fazer poços artesianos em pontos estratégicos da cidade.</t>
   </si>
   <si>
     <t>657</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>MARCOS JUNIOR</t>
-[...2 lines deleted...]
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/657/requerimento_n_12-2025.pdf</t>
+    <t>Marcos Antônio da Silva Junior</t>
+  </si>
+  <si>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/657/requerimento_n_12-2025.pdf</t>
   </si>
   <si>
     <t>Requer ao chefe do poder executivo municipal de Barrolândia, depois de ouvido o plenário, fazer a limpeza e conserto do chafariz da praça vô João e vó Maria em frente a drogaria Santa Marina.</t>
   </si>
   <si>
     <t>658</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/658/requerimento_n_13-2025.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/658/requerimento_n_13-2025.pdf</t>
   </si>
   <si>
     <t>Requer ao chefe do poder executivo municipal de Barrolândia, depois de ouvido o plenário, incluir pessoas da lista de espera da academia da saúde.</t>
   </si>
   <si>
     <t>659</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/659/requerimento_n_14-2025.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/659/requerimento_n_14-2025.pdf</t>
   </si>
   <si>
     <t>Requer ao chefe do poder executivo municipal de Barrolândia, depois de ouvido o plenário, ampliação das modalidades de exercício para academia da saúde ao ar livre.</t>
   </si>
   <si>
     <t>660</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/660/requerimento_n_15-2025.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/660/requerimento_n_15-2025.pdf</t>
   </si>
   <si>
     <t>Requer ao chefe do poder executivo municipal de Barrolândia, depois de ouvido o plenário, fazer as placas de sinalização de trânsito nas avenidas e ruas da cidade.</t>
   </si>
   <si>
     <t>661</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/661/requerimento_n_16-2025.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/661/requerimento_n_16-2025.pdf</t>
   </si>
   <si>
     <t>Requer ao chefe do poder executivo municipal de Barrolândia, depois de ouvido o plenário, reajuste salarial para servidores públicos municipais e reestruturação do PCCR dos servidores públicos municipais.</t>
   </si>
   <si>
     <t>662</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/662/requerimento_n_17-2025.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/662/requerimento_n_17-2025.pdf</t>
   </si>
   <si>
     <t>Requer ao chefe do poder executivo municipal de Barrolândia, depois de ouvido o plenário, aumento salarial a todos os motoristas do município.</t>
   </si>
   <si>
     <t>663</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>JESSÉ VINICIUS RODRIGUES</t>
-[...2 lines deleted...]
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/663/requerimento_n_18-2025.pdf</t>
+    <t>Jessé Vinicius Rodrigues</t>
+  </si>
+  <si>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/663/requerimento_n_18-2025.pdf</t>
   </si>
   <si>
     <t>Requer ao chefe do poder executivo municipal de Barrolândia, depois de ouvido o plenário, fazer a revitalização da TO-348 e estradas vicinais da região serra da lopa.</t>
   </si>
   <si>
     <t>664</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/664/requerimento_n_19-2025.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/664/requerimento_n_19-2025.pdf</t>
   </si>
   <si>
     <t>Requer ao chefe do poder executivo municipal de Barrolândia, depois de ouvido o plenário, instalar câmaras de monitoramento nas principais ruas e nas saídas da cidade.</t>
   </si>
   <si>
     <t>665</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/665/requerimento_n_20-2025.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/665/requerimento_n_20-2025.pdf</t>
   </si>
   <si>
     <t>Requer ao chefe do poder executivo municipal de Barrolândia, depois de ouvido o plenário, instalar energia solar em todos os órgãos públicos municipais.</t>
   </si>
   <si>
     <t>666</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/666/requerimento_n_21-2025.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/666/requerimento_n_21-2025.pdf</t>
   </si>
   <si>
     <t>Requer ao chefe do poder executivo municipal de Barrolândia, depois de ouvido o plenário, fazer na feira coberta, um espaço cultural e auditório para eventos e mudar a feira coberta atual para quadra em frente a sorveteria da Valéria no centro da cidade.</t>
   </si>
   <si>
     <t>667</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/667/requerimento_n_22-2025.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/667/requerimento_n_22-2025.pdf</t>
   </si>
   <si>
     <t>Requer ao chefe do poder executivo municipal de Barrolândia, depois de ouvido o plenário, aumentar o policiamento no município.</t>
   </si>
   <si>
     <t>668</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>ELDIVAN MACHADO COELHO, MARIA RAIMUNDA PEREIRA CAVALCANTE COSTA, VANDERSON DE MORAIS FERREIRA</t>
-[...2 lines deleted...]
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/668/requerimento_n_23-2025.pdf</t>
+    <t>Eldivan Machado Coelho, Maria Raimunda Pereira Cavalcante Costa, Vanderson de Morais Ferreira</t>
+  </si>
+  <si>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/668/requerimento_n_23-2025.pdf</t>
   </si>
   <si>
     <t>Requer ao chefe do poder executivo municipal de Barrolândia, depois de ouvido o plenário, reforma do CEMEI.</t>
   </si>
   <si>
     <t>669</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>ELIMÁRIA LOPES DE MOURA</t>
-[...2 lines deleted...]
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/669/requerimento_n_25-2025.pdf</t>
+    <t>Elimária Lopes de Moura</t>
+  </si>
+  <si>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/669/requerimento_n_25-2025.pdf</t>
   </si>
   <si>
     <t>Requer ao chefe do poder executivo municipal de Barrolândia, depois de ouvido o plenário, fazer a limpeza nas ruas do residencial sul.</t>
   </si>
   <si>
     <t>670</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/670/requerimento_n_26-2025.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/670/requerimento_n_26-2025.pdf</t>
   </si>
   <si>
     <t>Requer ao chefe do poder executivo municipal de Barrolândia, depois de ouvido o plenário, expedir concessão de espaço público aos comerciantes (quiosque).</t>
   </si>
   <si>
     <t>671</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/671/requerimento_n_27-2025.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/671/requerimento_n_27-2025.pdf</t>
   </si>
   <si>
     <t>Requer ao chefe do poder executivo municipal de Barrolândia, depois de ouvido o plenário, criar a modalidade zumba no centro de cultura.</t>
   </si>
   <si>
     <t>672</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/672/requerimento_n_28-2025.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/672/requerimento_n_28-2025.pdf</t>
   </si>
   <si>
     <t>Requer ao chefe do poder executivo municipal de Barrolândia, depois de ouvido o plenário, ampliação do trevo da saída do hospital e da saída para Miranorte.</t>
   </si>
   <si>
     <t>673</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/673/requerimento_n_29-2025.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/673/requerimento_n_29-2025.pdf</t>
   </si>
   <si>
     <t>Requer ao chefe do poder executivo municipal de Barrolândia, depois de ouvido o plenário, recuperação das estradas vicinais em todo o município.</t>
   </si>
   <si>
     <t>674</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/674/requerimento_n_30-2025.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/674/requerimento_n_30-2025.pdf</t>
   </si>
   <si>
     <t>Requer ao chefe do poder executivo municipal de Barrolândia, depois de ouvido o plenário, colocar um monitor(a), em cada van escolar da zona rural.</t>
   </si>
   <si>
     <t>675</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/675/requerimento_n_31-2025.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/675/requerimento_n_31-2025.pdf</t>
   </si>
   <si>
     <t>Requer ao chefe do poder executivo municipal de Barrolândia, depois de ouvido o plenário, reflorestar o lixão e mandar o lixo coletado no município para um aterro sanitário.</t>
   </si>
   <si>
     <t>676</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/676/requerimento_n_32-2025.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/676/requerimento_n_32-2025.pdf</t>
   </si>
   <si>
     <t>Requer ao chefe do poder executivo municipal de Barrolândia, depois de ouvido o plenário, aquisição de uma PC (retroescavadeira) para o município.</t>
   </si>
   <si>
     <t>677</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/677/requerimento_n_33-2025.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/677/requerimento_n_33-2025.pdf</t>
   </si>
   <si>
     <t>Requer ao chefe do poder executivo municipal de Barrolândia, depois de ouvido o plenário, fazer uma ponte na fazenda da dona Helena e sr° Jaci.</t>
   </si>
   <si>
     <t>678</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/678/requerimento_n_35-2025.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/678/requerimento_n_35-2025.pdf</t>
   </si>
   <si>
     <t>Requer ao chefe do poder executivo municipal de Barrolândia, depois de ouvido o plenário, fazer um estacionamento na lateral do CMEI.</t>
   </si>
   <si>
     <t>679</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/679/requerimento_n_36-2025.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/679/requerimento_n_36-2025.pdf</t>
   </si>
   <si>
     <t>Requer ao chefe do poder executivo municipal de Barrolândia, depois de ouvido o plenário, criar bolsa universitária para os estudantes através da secretaria de educação, atendendo os requisitos necessários.</t>
   </si>
   <si>
     <t>680</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/680/requerimento_n_37-2025.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/680/requerimento_n_37-2025.pdf</t>
   </si>
   <si>
     <t>Requer ao chefe do poder executivo municipal de Barrolândia, depois de ouvido o plenário, uniforme para os estudantes das três escolas municipais.</t>
   </si>
   <si>
     <t>681</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/681/requerimento_n_38-2025.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/681/requerimento_n_38-2025.pdf</t>
   </si>
   <si>
     <t>Requer ao chefe do poder executivo municipal de Barrolândia, depois de ouvido o plenário, fazer um quiosque abaixo da rodoviária em frente ao ginásio.</t>
   </si>
   <si>
     <t>682</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/682/requerimento_n_39-2025.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/682/requerimento_n_39-2025.pdf</t>
   </si>
   <si>
     <t>Requer ao chefe do poder executivo municipal de Barrolândia, depois de ouvido o plenário, aquisição de uniformes e EPIs para os servidores da garagem municipal.</t>
   </si>
   <si>
     <t>683</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/683/requerimento_n_40-2025.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/683/requerimento_n_40-2025.pdf</t>
   </si>
   <si>
     <t>Requer ao chefe do poder executivo municipal de Barrolândia, depois de ouvido o plenário, um lote para o plantio de uma horta comunitária para subsistência das famílias em vulnerabilidade social e trazer segurança alimentar.</t>
   </si>
   <si>
     <t>684</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>CLEITON MARINHO DE BRITO</t>
-[...2 lines deleted...]
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/684/requerimento_n_41-2025.pdf</t>
+    <t>Cleiton Marinho de Brito</t>
+  </si>
+  <si>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/684/requerimento_n_41-2025.pdf</t>
   </si>
   <si>
     <t>Requer ao chefe do poder executivo municipal de Barrolândia, depois de ouvido o plenário, fazer a pavimentação asfáltica da avenida Bernardo Sayão até o parque de exposição agropecuária.</t>
   </si>
   <si>
     <t>685</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/685/requerimento_n_42-2025.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/685/requerimento_n_42-2025.pdf</t>
   </si>
   <si>
     <t>Requer ao chefe do poder executivo municipal de Barrolândia, depois de ouvido o plenário, fazer um estacionamento na escola municipal Marcela Couto Cabral.</t>
   </si>
   <si>
     <t>686</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/686/requerimento_n_43-2025.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/686/requerimento_n_43-2025.pdf</t>
   </si>
   <si>
     <t>Requer ao chefe do poder executivo municipal de Barrolândia, depois de ouvido o plenário, reforma e ampliação do prédio da secretaria municipal de educação.</t>
   </si>
   <si>
     <t>687</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/687/requerimento_n_44-2025.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/687/requerimento_n_44-2025.pdf</t>
   </si>
   <si>
     <t>Requer ao chefe do poder executivo municipal de Barrolândia, depois de ouvido o plenário, fazer o asfalto na rua Pará.</t>
   </si>
   <si>
     <t>688</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/688/requerimento_n_45-2025.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/688/requerimento_n_45-2025.pdf</t>
   </si>
   <si>
     <t>Requer ao chefe do poder executivo municipal de Barrolândia, depois de ouvido o plenário, construção de cem casas populares.</t>
   </si>
   <si>
     <t>689</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/689/requerimento_n_46-2025.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/689/requerimento_n_46-2025.pdf</t>
   </si>
   <si>
     <t>Requer ao chefe do poder executivo municipal de Barrolândia, depois de ouvido o plenário, viabilizar a pintura das faixas de pedestres em frente a todas as escolas municipais.</t>
   </si>
   <si>
     <t>690</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/690/requerimento_n_47-2025.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/690/requerimento_n_47-2025.pdf</t>
   </si>
   <si>
     <t>Requer ao chefe do poder executivo municipal de Barrolândia, depois de ouvido o plenário, especialistas para atender na UBS: ginecologista, cardiologista e pediatra.</t>
   </si>
   <si>
     <t>691</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/691/requerimento_n_48-2025.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/691/requerimento_n_48-2025.pdf</t>
   </si>
   <si>
     <t>Requer ao chefe do poder executivo municipal de Barrolândia, depois de ouvido o plenário, construção de uma quadra esportiva na escola municipal Marcela Couto Cabral.</t>
   </si>
   <si>
     <t>692</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/692/requerimento_n_49-2025.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/692/requerimento_n_49-2025.pdf</t>
   </si>
   <si>
     <t>Requer ao chefe do poder executivo municipal de Barrolândia, depois de ouvido o plenário, a regularização fundiária das propriedades da gleba todos os santos, por meio do georreferenciamento, certificação e títulos.</t>
   </si>
   <si>
     <t>693</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/693/requerimento_n_50-2025.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/693/requerimento_n_50-2025.pdf</t>
   </si>
   <si>
     <t>Requer ao chefe do poder executivo municipal de Barrolândia, depois de ouvido o plenário, formar equipe multiprofissional na saúde para a terapia das crianças com transtorno do espectro autista (TEA) em Barrolândia.</t>
   </si>
   <si>
     <t>694</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/694/requerimento_n_51-2025.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/694/requerimento_n_51-2025.pdf</t>
   </si>
   <si>
     <t>Requer ao chefe do poder executivo municipal de Barrolândia, depois de ouvido o plenário, reforma das barracas do rodo shopping.</t>
   </si>
   <si>
     <t>695</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>JESSÉ VINICIUS RODRIGUES, MARCO AURELIO DE MORAIS NERY</t>
-[...2 lines deleted...]
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/695/requerimento_n_52-2025.pdf</t>
+    <t>Jessé Vinicius Rodrigues, Marco Aurelio de Morais Nery</t>
+  </si>
+  <si>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/695/requerimento_n_52-2025.pdf</t>
   </si>
   <si>
     <t>Requer ao chefe do poder executivo municipal de Barrolândia, depois de ouvido o plenário, a elaboração do plano de cargos e salários dos servidores da saúde do município de Barrolândia.</t>
   </si>
   <si>
     <t>696</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>MARIA APARECIDA</t>
-[...2 lines deleted...]
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/696/requerimento_n_53-2025.pdf</t>
+    <t>Maria Aparecida Neres Moreira</t>
+  </si>
+  <si>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/696/requerimento_n_53-2025.pdf</t>
   </si>
   <si>
     <t>Requer ao chefe do poder executivo municipal de Barrolândia, depois de ouvido o plenário, fazer a iluminação e aumentar as torneiras de água no cemitério municipal.</t>
   </si>
   <si>
     <t>697</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/697/requerimento_n_54-2025.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/697/requerimento_n_54-2025.pdf</t>
   </si>
   <si>
     <t>Requer ao chefe do poder executivo municipal de Barrolândia, depois de ouvido o plenário, fazer um poço artesiano no assentamento 25 de julho.</t>
   </si>
   <si>
     <t>698</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/698/requerimento_n_55-2025.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/698/requerimento_n_55-2025.pdf</t>
   </si>
   <si>
     <t>Requer ao chefe do poder executivo municipal de Barrolândia, depois de ouvido o plenário, transporte e ajuda de custo para o translado das pessoas com aspecto de autismo.</t>
   </si>
   <si>
     <t>699</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/699/requerimento_n_56-2025.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/699/requerimento_n_56-2025.pdf</t>
   </si>
   <si>
     <t>Requer ao chefe do poder executivo municipal de Barrolândia, depois de ouvido o plenário, ampliação e climatização da casa do velório.</t>
   </si>
   <si>
     <t>700</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>MARCOS JUNIOR, MARIA APARECIDA</t>
-[...2 lines deleted...]
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/700/requerimento_n_57-2025.pdf</t>
+    <t>Marcos Antônio da Silva Junior, Maria Aparecida Neres Moreira</t>
+  </si>
+  <si>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/700/requerimento_n_57-2025.pdf</t>
   </si>
   <si>
     <t>Requer ao chefe do poder executivo municipal de Barrolândia, depois de ouvido o plenário, reforma e ampliação da UBS Marcos Antônio Silva.</t>
   </si>
   <si>
     <t>701</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/701/requerimento_n_58-2025.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/701/requerimento_n_58-2025.pdf</t>
   </si>
   <si>
     <t>Requer ao chefe do poder executivo municipal de Barrolândia, depois de ouvido o plenário, inclusão da dieta integral (leite) na cesta básica cedida pela assistência social do município.</t>
   </si>
   <si>
     <t>702</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/702/requerimento_n_59-2025.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/702/requerimento_n_59-2025.pdf</t>
   </si>
   <si>
     <t>Requer ao chefe do poder executivo municipal de Barrolândia, depois de ouvido o plenário, fazer a ponte sobre a represa do enxu da região campo grande.</t>
   </si>
   <si>
     <t>703</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/703/requerimento_n_60-2025.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/703/requerimento_n_60-2025.pdf</t>
   </si>
   <si>
     <t>Requer ao chefe do poder executivo municipal de Barrolândia, depois de ouvido o plenário, através da secretaria de saúde, um consórcio/parceria com a prefeitura de Paraíso uma equipe multiprofissional na questão do autismo.</t>
   </si>
   <si>
     <t>704</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/704/requerimento_n_61-2025.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/704/requerimento_n_61-2025.pdf</t>
   </si>
   <si>
     <t>Requer ao chefe do poder executivo municipal de Barrolândia, depois de ouvido o plenário, doação de um terreno para construção da sede da associação dos produtores e produtoras rurais (ASSTRAF).</t>
   </si>
   <si>
     <t>705</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/705/requerimento_n_62-2025.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/705/requerimento_n_62-2025.pdf</t>
   </si>
   <si>
     <t>Requer ao chefe do poder executivo municipal de Barrolândia, depois de ouvido o plenário, manter a quadra de areia higienizada com cal e hipoclorito.</t>
   </si>
   <si>
     <t>706</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>ELIMÁRIA LOPES DE MOURA, MARIA APARECIDA</t>
-[...2 lines deleted...]
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/706/requerimento_n_63-2025.pdf</t>
+    <t>Elimária Lopes de Moura, Maria Aparecida Neres Moreira</t>
+  </si>
+  <si>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/706/requerimento_n_63-2025.pdf</t>
   </si>
   <si>
     <t>Requer ao chefe do poder executivo municipal de Barrolândia, depois de ouvido o plenário, aumento salarial para os servidores do conselho tutelar deste município.</t>
   </si>
   <si>
     <t>707</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/707/requerimento_n_64-2025.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/707/requerimento_n_64-2025.pdf</t>
   </si>
   <si>
     <t>Requer ao chefe do poder executivo municipal de Barrolândia, depois de ouvido o plenário, patrolamento e cascalhamento e construções de bueiros onde for necessário nas estradas vicinais da região do assentamento boa fé.</t>
   </si>
   <si>
     <t>708</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/708/requerimento_n_65-2025.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/708/requerimento_n_65-2025.pdf</t>
   </si>
   <si>
     <t>Requer ao chefe do poder executivo municipal de Barrolândia, depois de ouvido o plenário, construção da ponte do vale da providência no assentamento 25 de julho.</t>
   </si>
   <si>
     <t>709</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/709/requerimento_n_66-2025.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/709/requerimento_n_66-2025.pdf</t>
   </si>
   <si>
     <t>Requer ao chefe do poder executivo municipal de Barrolândia, depois de ouvido o plenário, fazer um quebra-molas com ondulação na lateral em frente ao espetinho da Tatiane na avenida Bernardo Sayão.</t>
   </si>
   <si>
     <t>710</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/710/requerimento_n_67-2025.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/710/requerimento_n_67-2025.pdf</t>
   </si>
   <si>
     <t>Requer ao chefe do poder executivo municipal de Barrolândia, depois de ouvido o plenário, placas de indicação em todos órgãos públicos do município.</t>
   </si>
   <si>
     <t>711</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>ELIMÁRIA LOPES DE MOURA, MARCOS JUNIOR, MARIA APARECIDA</t>
-[...2 lines deleted...]
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/711/requerimento_n_68-2025.pdf</t>
+    <t>Elimária Lopes de Moura, Marcos Antônio da Silva Junior, Maria Aparecida Neres Moreira</t>
+  </si>
+  <si>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/711/requerimento_n_68-2025.pdf</t>
   </si>
   <si>
     <t>Requer ao chefe do poder executivo municipal de Barrolândia, depois de ouvido o plenário, garantia do piso magistério para os professores da rede municipal de ensino de Barrolândia.</t>
   </si>
   <si>
     <t>712</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/712/requerimento_n_69-2025.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/712/requerimento_n_69-2025.pdf</t>
   </si>
   <si>
     <t>Requer ao chefe do poder executivo municipal de Barrolândia, depois de ouvido o plenário, construção de banheiros e vestiários para quadra de areia em frente a lanchonete do tucano.</t>
   </si>
   <si>
     <t>713</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/713/requerimento_n_70-2025.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/713/requerimento_n_70-2025.pdf</t>
   </si>
   <si>
     <t>Requer ao chefe do poder executivo municipal de Barrolândia, depois de ouvido o plenário, ampliação do refeitório da escola Marcela Couto Cabral.</t>
   </si>
   <si>
     <t>714</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/714/requerimento_n_71-2025.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/714/requerimento_n_71-2025.pdf</t>
   </si>
   <si>
     <t>Requer ao chefe do poder executivo municipal de Barrolândia, depois de ouvido o plenário, aquisição de uma unidade odontológica móvel para atender as demandas da saúde.</t>
   </si>
   <si>
     <t>715</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/715/requerimento_n_72-2025.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/715/requerimento_n_72-2025.pdf</t>
   </si>
   <si>
     <t>Requer ao chefe do poder executivo municipal de Barrolândia, depois de ouvido o plenário, aquisição de uma van para translado de pacientes.</t>
   </si>
   <si>
     <t>716</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/716/requerimento_n_73-2025.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/716/requerimento_n_73-2025.pdf</t>
   </si>
   <si>
     <t>Requer ao chefe do poder executivo municipal de Barrolândia, depois de ouvido o plenário, a pintura do hospital municipal.</t>
   </si>
   <si>
     <t>717</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/717/requerimento_n_74-2025.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/717/requerimento_n_74-2025.pdf</t>
   </si>
   <si>
     <t>Requer ao chefe do poder executivo municipal de Barrolândia, depois de ouvido o plenário, aquisição de motos para os agentes de endemias.</t>
   </si>
   <si>
     <t>718</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/718/requerimento_n_75-2025.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/718/requerimento_n_75-2025.pdf</t>
   </si>
   <si>
     <t>Requer ao chefe do poder executivo municipal de Barrolândia, depois de ouvido o plenário, fazer a ampliação do cemitério municipal.</t>
   </si>
   <si>
     <t>719</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/719/requerimento_n_76-2025.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/719/requerimento_n_76-2025.pdf</t>
   </si>
   <si>
     <t>Requer ao chefe do poder executivo municipal de Barrolândia, depois de ouvido o plenário, construção da ponte do córrego providencinha, da proprietária América Claudina de Oliveira.</t>
   </si>
   <si>
     <t>720</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/720/requerimento_n_77-2025.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/720/requerimento_n_77-2025.pdf</t>
   </si>
   <si>
     <t>Requer ao chefe do poder executivo municipal de Barrolândia, depois de ouvido o plenário, elaboração do plano de cargos dos servidores do quadro geral de Barrolândia.</t>
   </si>
   <si>
+    <t>776</t>
+  </si>
+  <si>
+    <t>78</t>
+  </si>
+  <si>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/776/requerimento_n_78.pdf</t>
+  </si>
+  <si>
+    <t>Requer ao chefe do Poder Executivo Municipal de Barrolândia, depois de ouvido o plenário, fazer um estacionamento na APAE.</t>
+  </si>
+  <si>
+    <t>777</t>
+  </si>
+  <si>
+    <t>79</t>
+  </si>
+  <si>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/777/requerimento_n_79.pdf</t>
+  </si>
+  <si>
+    <t>Requer ao chefe do Poder Executivo Municipal de Barrolândia, depois de ouvido o plenário, revitalização das estradas da região das três Marias.</t>
+  </si>
+  <si>
+    <t>778</t>
+  </si>
+  <si>
+    <t>80</t>
+  </si>
+  <si>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/778/requerimento_n_80.pdf</t>
+  </si>
+  <si>
+    <t>Requer ao chefe do Poder Executivo Municipal de Barrolândia, depois de ouvido o plenário, revitalização das estradas do P.A União.</t>
+  </si>
+  <si>
+    <t>779</t>
+  </si>
+  <si>
+    <t>81</t>
+  </si>
+  <si>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/779/requerimento_n_81.pdf</t>
+  </si>
+  <si>
+    <t>Requer ao chefe do Poder Executivo Municipal de Barrolândia, depois de ouvido o plenário, fazer um quebra-molas na Rua Manoel Nogueira Filho, em frente a casa da Ieda.</t>
+  </si>
+  <si>
+    <t>780</t>
+  </si>
+  <si>
+    <t>82</t>
+  </si>
+  <si>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/780/requerimento_n_82.pdf</t>
+  </si>
+  <si>
+    <t>Requer ao chefe do Poder Executivo Municipal de Barrolândia, depois de ouvido o plenário, encascalhamento da estrada próximo ao córrego pequizeiro perto do assentamento Recanto da Paz.</t>
+  </si>
+  <si>
+    <t>781</t>
+  </si>
+  <si>
+    <t>83</t>
+  </si>
+  <si>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/781/requerimento_n_83.pdf</t>
+  </si>
+  <si>
+    <t>Requer ao chefe do Poder Executivo Municipal de Barrolândia, depois de ouvido o plenário, revitalização das estradas na região do olho d'água e bueiros aonde for necessário.</t>
+  </si>
+  <si>
+    <t>782</t>
+  </si>
+  <si>
+    <t>84</t>
+  </si>
+  <si>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/782/requerimento_n_84.pdf</t>
+  </si>
+  <si>
+    <t>Requer ao chefe do Poder Executivo Municipal de Barrolândia, depois de ouvido o plenário, revitalização da estrada da região Campo Grande e Vicinais.</t>
+  </si>
+  <si>
+    <t>783</t>
+  </si>
+  <si>
+    <t>85</t>
+  </si>
+  <si>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/783/requerimento_n_85.pdf</t>
+  </si>
+  <si>
+    <t>Requer ao chefe do Poder Executivo Municipal de Barrolândia, depois de ouvido o plenário, patrolar e fazer o escoamento das laterais da estrada da zona rural das três Marias até a chácara olho d'água.</t>
+  </si>
+  <si>
+    <t>784</t>
+  </si>
+  <si>
+    <t>86</t>
+  </si>
+  <si>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/784/requerimento_n_86.pdf</t>
+  </si>
+  <si>
+    <t>Requer ao chefe do Poder Executivo Municipal de Barrolândia, depois de ouvido o plenário, instalação de sistema de monitoramento na UBS 24 horas.</t>
+  </si>
+  <si>
+    <t>785</t>
+  </si>
+  <si>
+    <t>87</t>
+  </si>
+  <si>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/785/requerimento_n_87.pdf</t>
+  </si>
+  <si>
+    <t>Requer ao chefe do Poder Executivo Municipal de Barrolândia, depois de ouvido o plenário, adquirir conjuntos de carteiras para os estudantes do CMEI - Cristino Régenes Cardoso.</t>
+  </si>
+  <si>
+    <t>786</t>
+  </si>
+  <si>
+    <t>88</t>
+  </si>
+  <si>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/786/requerimento_n_88.pdf</t>
+  </si>
+  <si>
+    <t>Requer ao chefe do Poder Executivo Municipal de Barrolândia, depois de ouvido o plenário, adquirir conjuntos de mesas e cadeiras de professores para as salas de aula do CMEI - Cristiano Régenes Cardoso.</t>
+  </si>
+  <si>
+    <t>787</t>
+  </si>
+  <si>
+    <t>89</t>
+  </si>
+  <si>
+    <t>Eldivan Machado Coelho</t>
+  </si>
+  <si>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/787/requerimento_n_89.pdf</t>
+  </si>
+  <si>
+    <t>Requer ao chefe do Poder Executivo Municipal de Barrolândia, depois de ouvido o plenário, mais um guarda para o CMEI.</t>
+  </si>
+  <si>
+    <t>788</t>
+  </si>
+  <si>
+    <t>90</t>
+  </si>
+  <si>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/788/requerimento_n_90.pdf</t>
+  </si>
+  <si>
+    <t>Requer ao chefe do Poder Executivo Municipal de Barrolândia, depois de ouvido o plenário, fazer quebra-molas com ondulações na lateral em frente ao CMEI - Cristino Régenes Cardoso.</t>
+  </si>
+  <si>
+    <t>789</t>
+  </si>
+  <si>
+    <t>91</t>
+  </si>
+  <si>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/789/requerimento_n_91.pdf</t>
+  </si>
+  <si>
+    <t>Requer ao chefe do Poder Executivo Municipal de Barrolândia, depois de ouvido o plenário, fazer um quebra-molas com ondulações na lateral em frente a Escola Marcella Couto Cabral.</t>
+  </si>
+  <si>
     <t>746</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/746/requerimento_n_92-2025.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/746/requerimento_n_92-2025.pdf</t>
   </si>
   <si>
     <t>Requer ao chefe do poder executivo municipal de Barrolândia, depois de ouvido o plenário, patrolamento e um quebra-molas da chácara do Emilio Barros até a fazenda cinco estrelas.</t>
   </si>
   <si>
     <t>747</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/747/requerimento_n_93-2025.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/747/requerimento_n_93-2025.pdf</t>
   </si>
   <si>
     <t>Requer ao chefe do poder executivo municipal de Barrolândia, depois de ouvido o plenário, fazer um estacionamento na esquina em frente a lanchonete do tucano.</t>
   </si>
   <si>
     <t>748</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/748/requerimento_n_94-2025.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/748/requerimento_n_94-2025.pdf</t>
   </si>
   <si>
     <t>Requer ao chefe do poder executivo municipal de Barrolândia, depois de ouvido o plenário, fazer rampa de acesso para cadeirante nos pontos comerciais da cidade.</t>
   </si>
   <si>
     <t>749</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/749/requerimento_n_95-2025.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/749/requerimento_n_95-2025.pdf</t>
   </si>
   <si>
     <t>Requer ao chefe do poder executivo municipal de Barrolândia, depois de ouvido o plenário, fazer a iluminação da rua Valdir Correia de Lima.</t>
   </si>
   <si>
     <t>750</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/750/requerimento_n_96-2025.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/750/requerimento_n_96-2025.pdf</t>
   </si>
   <si>
     <t>Requer ao chefe do poder executivo municipal de Barrolândia, depois de ouvido o plenário, instalar cercas, câmeras e placas de conscientização no lixão da cidade.</t>
   </si>
   <si>
     <t>751</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/751/requerimento_n_97-2025.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/751/requerimento_n_97-2025.pdf</t>
   </si>
   <si>
     <t>Requer ao chefe do poder executivo municipal de Barrolândia, depois de ouvido o plenário, aquisição de climatizadores e concerto dos ventiladores do clube recreativo Bentina Araújo.</t>
   </si>
   <si>
     <t>752</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/752/requerimento_n_98-2025.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/752/requerimento_n_98-2025.pdf</t>
   </si>
   <si>
     <t>Requer ao chefe do poder executivo municipal de Barrolândia, depois de ouvido o plenário, fazer o encascalhamento e um bueiro na estrada da fazenda do senhor Edson e dona Marilza na região da Ventura.</t>
   </si>
   <si>
+    <t>790</t>
+  </si>
+  <si>
+    <t>99</t>
+  </si>
+  <si>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/790/requerimento_n_99.pdf</t>
+  </si>
+  <si>
+    <t>Requer ao chefe do Poder Executivo Municipal de Barrolândia, depois de ouvido o plenário, murar o lixão e colocar um guarda.</t>
+  </si>
+  <si>
+    <t>791</t>
+  </si>
+  <si>
+    <t>100</t>
+  </si>
+  <si>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/791/requerimento_n_100.pdf</t>
+  </si>
+  <si>
+    <t>Requer ao chefe do Poder Executivo Municipal de Barrolândia, depois de ouvido o plenário, aquisição de uma carretinha vasculante.</t>
+  </si>
+  <si>
+    <t>792</t>
+  </si>
+  <si>
+    <t>101</t>
+  </si>
+  <si>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/792/requerimento_n_101.pdf</t>
+  </si>
+  <si>
+    <t>Requer ao chefe do Poder Executivo Municipal de Barrolândia, depois de ouvido o plenário, fazer uma ação de conscientização da coleta do lixo através da secretária de meio ambiente do município.</t>
+  </si>
+  <si>
+    <t>793</t>
+  </si>
+  <si>
+    <t>102</t>
+  </si>
+  <si>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/793/requerimento_n_102.pdf</t>
+  </si>
+  <si>
+    <t>Requer ao chefe do Poder Executivo Municipal de Barrolândia, depois de ouvido o plenário, disponibilizar um carro quando o "Projeto Amigos dos Animais de Barrolândia" solicitarem para levar animais domésticos (gatos e cachorros) doentes ou acidentados à clínica veterinária em Paraíso ou Palmas.</t>
+  </si>
+  <si>
     <t>753</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/753/requerimento_n_103-2025.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/753/requerimento_n_103-2025.pdf</t>
   </si>
   <si>
     <t>Requer ao chefe do poder executivo municipal de Barrolândia, depois de ouvido o plenário, fazer a revitalização e o encascalhamento da estrada da região do assentamento P.A Vitória.</t>
   </si>
   <si>
     <t>754</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/754/requerimento_n_105-2025.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/754/requerimento_n_105-2025.pdf</t>
   </si>
   <si>
     <t>Requer ao chefe do poder executivo municipal de Barrolândia, depois de ouvido o plenário, fazer a conservação, manuntenção e limpeza dos banheiros do ginásio de esportes Belvon Lima Martins.</t>
   </si>
   <si>
     <t>755</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/755/requerimento_n_106-2025.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/755/requerimento_n_106-2025.pdf</t>
   </si>
   <si>
     <t>Requer ao chefe do poder executivo municipal de Barrolândia, depois de ouvido o plenário, reativação da fecomel.</t>
   </si>
   <si>
     <t>756</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/756/requerimento_n_107-2025.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/756/requerimento_n_107-2025.pdf</t>
   </si>
   <si>
     <t>Requer ao chefe do poder executivo municipal de Barrolândia, depois de ouvido o plenário, criar o viveiro municipal.</t>
   </si>
   <si>
     <t>757</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/757/requerimento_n_108-2025.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/757/requerimento_n_108-2025.pdf</t>
   </si>
   <si>
     <t>Requer ao chefe do poder executivo municipal de Barrolândia, depois de ouvido o plenário, conserto e manutenção dos aparelhos das academias das praças públicas de Barrolândia-TO.</t>
   </si>
   <si>
     <t>758</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/758/requerimento_n_109-2025.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/758/requerimento_n_109-2025.pdf</t>
   </si>
   <si>
     <t>Requer ao chefe do poder executivo municipal de Barrolândia, depois de ouvido o plenário, aquisição de dois ar-condicionado para a Escola Municipal Criança Feliz.</t>
   </si>
   <si>
     <t>759</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
-    <t>JESSÉ VINICIUS RODRIGUES, MARIA APARECIDA</t>
-[...2 lines deleted...]
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/759/requerimento_n_110-2025.pdf</t>
+    <t>Jessé Vinicius Rodrigues, Maria Aparecida Neres Moreira</t>
+  </si>
+  <si>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/759/requerimento_n_110-2025.pdf</t>
   </si>
   <si>
     <t>Requer ao chefe do poder executivo municipal de Barrolândia, depois de ouvido o plenário, contratação de um professor de capoeira ou gratificação para o professor que desempenha essa função na secretaria de cultura do município.</t>
   </si>
   <si>
     <t>760</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/760/requerimento_n_111-2025.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/760/requerimento_n_111-2025.pdf</t>
   </si>
   <si>
     <t>Requer ao chefe do poder executivo municipal de Barrolândia, depois de ouvido o plenário, molhar com caminhão pipa o BR-shopping, duas vezes ao dia.</t>
   </si>
   <si>
     <t>761</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/761/requerimento_n_112-2025.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/761/requerimento_n_112-2025.pdf</t>
   </si>
   <si>
     <t>Requer ao chefe do poder executivo municipal de Barrolândia, depois de ouvido o plenário, fazer uma vistoria através da vigilância sanitária atrás dos quiosque do BR-shopping.</t>
   </si>
   <si>
+    <t>794</t>
+  </si>
+  <si>
+    <t>113</t>
+  </si>
+  <si>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/794/requerimento_n_113.pdf</t>
+  </si>
+  <si>
+    <t>Requer ao chefe do Poder Executivo Municipal de Barrolândia, depois de ouvido o plenário, aquisição de uma ambulância.</t>
+  </si>
+  <si>
+    <t>795</t>
+  </si>
+  <si>
+    <t>114</t>
+  </si>
+  <si>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/795/requerimento_n_114.pdf</t>
+  </si>
+  <si>
+    <t>Requer ao chefe do Poder Executivo Municipal de Barrolândia, depois de ouvido o plenário, adquirir um palco para as Escolas da Rede Municipal realizarem as festas culturais para comunidade.</t>
+  </si>
+  <si>
+    <t>796</t>
+  </si>
+  <si>
+    <t>115</t>
+  </si>
+  <si>
+    <t>Marco Aurelio de Morais Nery, Maria Raimunda Pereira Cavalcante Costa</t>
+  </si>
+  <si>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/796/requerimento_n_115.pdf</t>
+  </si>
+  <si>
+    <t>Requer ao chefe do Poder Executivo Municipal de Barrolândia, depois de ouvido o plenário, realização do casamento comunitário.</t>
+  </si>
+  <si>
+    <t>797</t>
+  </si>
+  <si>
+    <t>116</t>
+  </si>
+  <si>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/797/requerimento_n_116.pdf</t>
+  </si>
+  <si>
+    <t>Requer ao chefe do Poder Executivo Municipal de Barrolândia, depois de ouvido o plenário, reformar quiosque na Avenida Bernardo Sayão para os evangélicos.</t>
+  </si>
+  <si>
+    <t>798</t>
+  </si>
+  <si>
+    <t>117</t>
+  </si>
+  <si>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/798/requerimento_n_117.pdf</t>
+  </si>
+  <si>
+    <t>Requer ao chefe do Poder Executivo Municipal de Barrolândia, depois de ouvido o plenário, aquisição de um poço artesiano para o campo society.</t>
+  </si>
+  <si>
+    <t>799</t>
+  </si>
+  <si>
+    <t>118</t>
+  </si>
+  <si>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/799/requerimento_n_118.pdf</t>
+  </si>
+  <si>
+    <t>Requer ao chefe do Poder Executivo Municipal de Barrolândia, depois de ouvido o plenário, aquisição de um caminhão pipa para molhar as praças e canteiros.</t>
+  </si>
+  <si>
+    <t>800</t>
+  </si>
+  <si>
+    <t>128</t>
+  </si>
+  <si>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/800/requerimento_n_128.pdf</t>
+  </si>
+  <si>
+    <t>Requer ao chefe do Poder Executivo Municipal de Barrolândia, depois de ouvido o plenário, adquirir conjuntos de carteiras para os estudantes da Escola Marcella Couto Cabral e Escola de Tempo Integral Criança Feliz.</t>
+  </si>
+  <si>
+    <t>801</t>
+  </si>
+  <si>
+    <t>129</t>
+  </si>
+  <si>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/801/requerimento_n_129.pdf</t>
+  </si>
+  <si>
+    <t>Requer ao chefe do Poder Executivo Municipal de Barrolândia, depois de ouvido o plenário, adquirir uma tenda para a casa do velório.</t>
+  </si>
+  <si>
+    <t>802</t>
+  </si>
+  <si>
+    <t>130</t>
+  </si>
+  <si>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/802/requerimento_n_130.pdf</t>
+  </si>
+  <si>
+    <t>Requer ao chefe do Poder Executivo Municipal de Barrolândia, depois de ouvido o plenário, fazer um quebra-molas na Rua Manoel Nogueira Filho, esquina com a Avenida Góias.</t>
+  </si>
+  <si>
+    <t>803</t>
+  </si>
+  <si>
+    <t>134</t>
+  </si>
+  <si>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/803/requerimento_n_134.pdf</t>
+  </si>
+  <si>
+    <t>Requer ao chefe do Poder Executivo Municipal de Barrolândia, depois de ouvido o plenário, que a próxima obra no município, seja colocado o nome de Mozart Antonio Carneiro, pioneiro em nossa cidade.</t>
+  </si>
+  <si>
+    <t>804</t>
+  </si>
+  <si>
+    <t>135</t>
+  </si>
+  <si>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/804/requerimento_n_135.pdf</t>
+  </si>
+  <si>
+    <t>Requer ao chefe do Poder Executivo Municipal de Barrolândia, depois de ouvido o plenário, a construção e implantação de uma casa TEA para crianças com Transtorno de Espectro Autista.</t>
+  </si>
+  <si>
+    <t>805</t>
+  </si>
+  <si>
+    <t>136</t>
+  </si>
+  <si>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/805/requerimento_n_136.pdf</t>
+  </si>
+  <si>
+    <t>Requer ao chefe do Poder Executivo Municipal de Barrolândia, depois de ouvido o plenário, fazer três quebra-molas, na rua Bela Vista.</t>
+  </si>
+  <si>
+    <t>806</t>
+  </si>
+  <si>
+    <t>137</t>
+  </si>
+  <si>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/806/requerimento_n_137.pdf</t>
+  </si>
+  <si>
+    <t>Requer ao chefe do Poder Executivo Municipal de Barrolândia, depois de ouvido o plenário, a cobertura e a troca do espelho para o local de escovação da Escola Municipal Marcella Couto Cabral.</t>
+  </si>
+  <si>
+    <t>807</t>
+  </si>
+  <si>
+    <t>138</t>
+  </si>
+  <si>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/807/requerimento_n_138.pdf</t>
+  </si>
+  <si>
+    <t>Requer ao chefe do Poder Executivo Municipal de Barrolândia, depois de ouvido o plenário, aquisição de material esportivo para as Escolas Municipais: mesas de ping-pong, bolas de futsal, voleibol e ping-pong._x000D_
+.</t>
+  </si>
+  <si>
+    <t>808</t>
+  </si>
+  <si>
+    <t>139</t>
+  </si>
+  <si>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/808/requerimento_n_139.pdf</t>
+  </si>
+  <si>
+    <t>Requer ao chefe do Poder Executivo Municipal de Barrolândia, depois de ouvido o plenário, calçamento e passarelas da Escola Municipal Marcella Couto Cabral.</t>
+  </si>
+  <si>
+    <t>809</t>
+  </si>
+  <si>
+    <t>140</t>
+  </si>
+  <si>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/809/requerimento_n_140.pdf</t>
+  </si>
+  <si>
+    <t>Requer ao chefe do Poder Executivo Municipal de Barrolândia, depois de ouvido o plenário, aquisição de um bebedouro novo para o ginásio de esportes Belvon Lima Martins.</t>
+  </si>
+  <si>
+    <t>810</t>
+  </si>
+  <si>
+    <t>141</t>
+  </si>
+  <si>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/810/requerimento_n_141.pdf</t>
+  </si>
+  <si>
+    <t>Requer ao chefe do Poder Executivo Municipal de Barrolândia, depois de ouvido o plenário, conceder título de cidadão Barrolandense ao Deputado Estadual Nilton Bandeira Franco.</t>
+  </si>
+  <si>
+    <t>811</t>
+  </si>
+  <si>
+    <t>142</t>
+  </si>
+  <si>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/811/requerimento_n_142.pdf</t>
+  </si>
+  <si>
+    <t>Requer ao chefe do Poder Executivo Municipal de Barrolândia, depois de ouvido o plenário, estadualização da estrada que liga o município de Barrolândia ao município de Monte Santo.</t>
+  </si>
+  <si>
+    <t>812</t>
+  </si>
+  <si>
+    <t>143</t>
+  </si>
+  <si>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/812/requerimento_n_143.pdf</t>
+  </si>
+  <si>
+    <t>Requer ao chefe do Poder Executivo Municipal de Barrolândia, depois de ouvido o plenário, conceder título de cidadão Barrolandense ao Deputado Federal Carlos Henrique Gaguim.</t>
+  </si>
+  <si>
+    <t>820</t>
+  </si>
+  <si>
+    <t>144</t>
+  </si>
+  <si>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/820/requerimento_n_144-2025.pdf</t>
+  </si>
+  <si>
+    <t>Requer ao chefe do Poder Executivo Municipal de Barrolândia, depois de ouvido o plenário, o fortalecimento e a ampliação das ações voltadas à execução das medidas socioeducativas em meio aberto no município de Barrolândia - TO.</t>
+  </si>
+  <si>
+    <t>821</t>
+  </si>
+  <si>
+    <t>145</t>
+  </si>
+  <si>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/821/requerimento_n_145-2025.pdf</t>
+  </si>
+  <si>
+    <t>Requer ao chefe do Poder Executivo Municipal de Barrolândia, depois de ouvido o plenário, informações sobre a previsão orçamentária destinada às ações voltadas à execução das medidas socioeducativas em meio aberto.</t>
+  </si>
+  <si>
+    <t>822</t>
+  </si>
+  <si>
+    <t>146</t>
+  </si>
+  <si>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/822/requerimento_n_146-2025.pdf</t>
+  </si>
+  <si>
+    <t>Requer ao chefe do Poder Executivo Municipal de Barrolândia, depois de ouvido o plenário, aquisição de aparelho raio x digital para os procedimentos da unidade básica de saúde.</t>
+  </si>
+  <si>
+    <t>823</t>
+  </si>
+  <si>
+    <t>147</t>
+  </si>
+  <si>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/823/requerimento_n_147-2025.pdf</t>
+  </si>
+  <si>
+    <t>Requer ao chefe do Poder Executivo Municipal de Barrolândia, depois de ouvido o plenário, ampliação da equipe técnica do CREAS para o fortalecimento das medidas socioeducativas em meio aberto.</t>
+  </si>
+  <si>
+    <t>824</t>
+  </si>
+  <si>
+    <t>148</t>
+  </si>
+  <si>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/824/requerimento_n_148-2025.pdf</t>
+  </si>
+  <si>
+    <t>Requer ao chefe do Poder Executivo Municipal de Barrolândia, depois de ouvido o plenário, ações e programas voltados à juventude de Barrolândia - TO.</t>
+  </si>
+  <si>
+    <t>825</t>
+  </si>
+  <si>
+    <t>149</t>
+  </si>
+  <si>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/825/requerimento_n_149-2025.pdf</t>
+  </si>
+  <si>
+    <t>Requer ao chefe do Poder Executivo Municipal de Barrolândia, depois de ouvido o plenário, fazer um quebra-molas na Av. Bernardo Sayão, em frente a casa do Sr. Alcides.</t>
+  </si>
+  <si>
+    <t>826</t>
+  </si>
+  <si>
+    <t>150</t>
+  </si>
+  <si>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/826/requerimento_n_150-2025.pdf</t>
+  </si>
+  <si>
+    <t>Requer ao chefe do Poder Executivo Municipal de Barrolândia, depois de ouvido o plenário, ornamentação de natal e ano novo em toda a cidade.</t>
+  </si>
+  <si>
+    <t>827</t>
+  </si>
+  <si>
+    <t>151</t>
+  </si>
+  <si>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/827/requerimento_n_151-2025.pdf</t>
+  </si>
+  <si>
+    <t>Requer ao chefe do Poder Executivo Municipal de Barrolândia, depois de ouvido o plenário, aquisição de lixeiras e rede de vôlei de areia (master rede) para a quadra de areia.</t>
+  </si>
+  <si>
+    <t>828</t>
+  </si>
+  <si>
+    <t>152</t>
+  </si>
+  <si>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/828/requerimento_n_152-2025.pdf</t>
+  </si>
+  <si>
+    <t>Requer ao chefe do Poder Executivo Municipal de Barrolândia, depois de ouvido o plenário, aquisição de materiais e aparelhos para melhorar o atendimento dos pacientes que necessitam de fisioterapia em Barrolândia.</t>
+  </si>
+  <si>
+    <t>829</t>
+  </si>
+  <si>
+    <t>153</t>
+  </si>
+  <si>
+    <t>Marco Aurelio de Morais Nery, Maria Aparecida Neres Moreira</t>
+  </si>
+  <si>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/829/requerimento_n_153-2025.pdf</t>
+  </si>
+  <si>
+    <t>Requer ao chefe do Poder Executivo Municipal de Barrolândia, depois de ouvido o plenário, um espaço sensorial nas escolas, na saúde e no centro do idoso.</t>
+  </si>
+  <si>
+    <t>830</t>
+  </si>
+  <si>
+    <t>154</t>
+  </si>
+  <si>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/830/requerimento_n_154-2025.pdf</t>
+  </si>
+  <si>
+    <t>Requer ao chefe do Poder Executivo Municipal de Barrolândia, depois de ouvido o plenário, fazer um quebra-molas na rua piauí próximo a casa da Dircimar.</t>
+  </si>
+  <si>
+    <t>831</t>
+  </si>
+  <si>
+    <t>155</t>
+  </si>
+  <si>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/831/requerimento_n_155-2025.pdf</t>
+  </si>
+  <si>
+    <t>Requer ao chefe do Poder Executivo Municipal de Barrolândia, depois de ouvido o plenário, aquisição de uma roçadeira agrícola.</t>
+  </si>
+  <si>
+    <t>832</t>
+  </si>
+  <si>
+    <t>156</t>
+  </si>
+  <si>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/832/requerimento_n_156-2025.pdf</t>
+  </si>
+  <si>
+    <t>Requer ao chefe do Poder Executivo Municipal de Barrolândia, depois de ouvido o plenário, fazer uma ligação de água para a quadra de vôlei.</t>
+  </si>
+  <si>
+    <t>833</t>
+  </si>
+  <si>
+    <t>157</t>
+  </si>
+  <si>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/833/requerimento_n_157-2025.pdf</t>
+  </si>
+  <si>
+    <t>Requer ao chefe do Poder Executivo Municipal de Barrolândia, depois de ouvido o plenário, criar um espaço sensorial ao ar livre (praça) para aliviar o estressa, melhorar a percepção sensorial e a qualidade de vida das crianças com transtorno de espectro autista - TEA.</t>
+  </si>
+  <si>
+    <t>834</t>
+  </si>
+  <si>
+    <t>158</t>
+  </si>
+  <si>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/834/requerimento_n_158-2025.pdf</t>
+  </si>
+  <si>
+    <t>Requer ao chefe do Poder Executivo Municipal de Barrolândia, depois de ouvido o plenário, instalação de comunicação aumentativa e alternativa para as crianças com transtorno do espectro autista.</t>
+  </si>
+  <si>
+    <t>835</t>
+  </si>
+  <si>
+    <t>159</t>
+  </si>
+  <si>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/835/requerimento_n_159-2025.pdf</t>
+  </si>
+  <si>
+    <t>Requer ao chefe do Poder Executivo Municipal de Barrolândia, depois de ouvido o plenário, incentivo ao consumo e aquisição de produtos da agroindustria e agricultura familiar de Barrolândia - TO.</t>
+  </si>
+  <si>
+    <t>836</t>
+  </si>
+  <si>
+    <t>160</t>
+  </si>
+  <si>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/836/requerimento_n_160-2025.pdf</t>
+  </si>
+  <si>
+    <t>Requer ao chefe do Poder Executivo Municipal de Barrolândia, depois de ouvido o plenário, a elaboração de projeto de lei visando à concessão de reajuste remuneratório aos servidores pertencentes ao quadro administrativo do poder executivo municipal.</t>
+  </si>
+  <si>
+    <t>846</t>
+  </si>
+  <si>
+    <t>161</t>
+  </si>
+  <si>
+    <t>http://sapl.barrolandia.to.leg.br/media/</t>
+  </si>
+  <si>
+    <t>REQUER AO CHEFE DO PODER EXECUTIVO MUNICIPAL DE BARROLÂNDIA, DEPOIS DE OUVIDO O PLENÁRIO, ARRANCAR A ARQUIBANCADA DO CAMPO SOCIETY E FAZER ESTACIONAMENTO.</t>
+  </si>
+  <si>
+    <t>841</t>
+  </si>
+  <si>
+    <t>162</t>
+  </si>
+  <si>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/841/requerimento_n_162.pdf</t>
+  </si>
+  <si>
+    <t>REQUER AO CHEFE DO PODER EXECUTIVO MUNICIPAL DE BARROLÂNDIA, DEPOIS DE OUVIDO O PLENÁRIO, FAZER A CABEÇA DO BUEIRO DA ESTRADA DA MUTAMBA QUE DA ACESSO À FAZENDA DO JERCINHO.</t>
+  </si>
+  <si>
+    <t>842</t>
+  </si>
+  <si>
+    <t>163</t>
+  </si>
+  <si>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/842/requerimento_n_163.pdf</t>
+  </si>
+  <si>
+    <t>Requer ao chefe do poder executivo municipal, depois de ouvido o plenário, implantação de uma segunda quadra de Vôlei de areia no município de Barrolândia, diante da alta demanda e crescimento da prática esportiva.</t>
+  </si>
+  <si>
+    <t>843</t>
+  </si>
+  <si>
+    <t>164</t>
+  </si>
+  <si>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/843/requerimento_n_164.pdf</t>
+  </si>
+  <si>
+    <t>REQUER AO CHEFE DO PODER EXECUTIVO MUNICIPAL DE BARROLÂNDIA, DEPOIS DE OUVIDO O PLENÁRIO, A CONSTRUÇÃO DE UM BANHEIRO NA SALA DO BERÇARIO NO CMEI.</t>
+  </si>
+  <si>
+    <t>852</t>
+  </si>
+  <si>
+    <t>165</t>
+  </si>
+  <si>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/852/requerimento_n_165.pdf</t>
+  </si>
+  <si>
+    <t>Requer ao Chefe do Poder executivo Municipal de Barrolândia, depois de ouvido o plenário, fazer um estacionamento na rua Piaui na lateral em frente ao restaurante da Lucimaria.</t>
+  </si>
+  <si>
+    <t>855</t>
+  </si>
+  <si>
+    <t>166</t>
+  </si>
+  <si>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/855/requerimento_n_166.pdf</t>
+  </si>
+  <si>
+    <t>Requer ao chefe do poder executivo municipal de Barrolândia, depois de ouvido o plenário, que o Poder Executivo evite a redução da carga horária dos professores efetivos que atualmente complementam de 20h para 40h, preservando a estabilidade financeira desses profissionais.</t>
+  </si>
+  <si>
+    <t>856</t>
+  </si>
+  <si>
+    <t>167</t>
+  </si>
+  <si>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/856/requerimento_n_167.pdf</t>
+  </si>
+  <si>
+    <t>REQUER AO CHEFE DO PODER EXECUTIVO MUNICIPAL DE BARROLÂNDIA, DEPOIS DE OUVIDO O PLENÁRIO, ARUMAR A ESTRADA E FAZER UM BUEIRO NA CHÁCARA DO ANDERSON MACHADO PROXIMO AO ASSENTAMENTO 25 DE JULHO.</t>
+  </si>
+  <si>
+    <t>857</t>
+  </si>
+  <si>
+    <t>168</t>
+  </si>
+  <si>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/857/requerimento_n_168.pdf</t>
+  </si>
+  <si>
+    <t>REQUER AO CHEFE DO PODER EXECUTIVO MUNICIPAL DE BARROLÂNDIA, DEPOIS DE OUVIDO O PLENÁRIO, FAZER UM ESTACIONAMENTO PARA MOTO EM FRENTE A ESCOLA ESTADUAL PRESIDENTE COSTA E SILVA.</t>
+  </si>
+  <si>
+    <t>858</t>
+  </si>
+  <si>
+    <t>169</t>
+  </si>
+  <si>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/858/requerimento_n_169.pdf</t>
+  </si>
+  <si>
+    <t>REQUER AO CHEFE DO PODER EXECUTIVO MUNICIPAL DE BARROLÂNDIA, DEPOIS DE OUVIDO O PLENÁRIO, FAZER A LIMPEZA DE ENTULHOS PRÓXIMO AS RESIDENCIAS DO ASSENTAMNETO 25 DE JULHO.</t>
+  </si>
+  <si>
     <t>727</t>
   </si>
   <si>
     <t>PAR</t>
   </si>
   <si>
     <t>Parecer das Comissões</t>
   </si>
   <si>
     <t>CCJD - COMISSÃO DE CONSTITUIÇÃO, JUSTIÇA E REDAÇÃO</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/727/parecer_ref_ao_projeto_de_lei_001-2025.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/727/parecer_ref_ao_projeto_de_lei_001-2025.pdf</t>
   </si>
   <si>
     <t>Parecer referente ao Projeto de Lei nº 001/2025 que trata-se de Projeto de Lei de autoria do Poder Legislativo, no qual se "Institui o "Programa Melhor Amigo" que trata sobreo controle populacional e de bem-estar com a castração gratuita de cães e gatos do município de Barrolândia/TO dá outras e revoga-se qualquer projeto desta natureza".</t>
   </si>
   <si>
     <t>728</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/728/parecer_ref_ao_projeto_de_lei_322-2025.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/728/parecer_ref_ao_projeto_de_lei_322-2025.pdf</t>
   </si>
   <si>
     <t>Parecer referente ao Projeto de Lei nº 322/2025 que trata-se de Projeto de Lei de autoria do Poder Legislativo, no qual se "Autoriza o Poder Executivo a efetuar contratação de colaboradores de forma temporária".</t>
   </si>
   <si>
     <t>729</t>
   </si>
   <si>
     <t>CCJD - COMISSÃO DE CONSTITUIÇÃO, JUSTIÇA E REDAÇÃO, CFTFC - COMISSÃO DE FINANÇAS, TRIBUTAÇÃO, FISCALIZAÇÃO E CONTROLE</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/729/parecer_ref_ao_projeto_de_lei_323-2025.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/729/parecer_ref_ao_projeto_de_lei_323-2025.pdf</t>
   </si>
   <si>
     <t>Parecer referente ao Projeto de Lei nº 323/2025 que "Aprova a nova estrutura administrativa do Município de Barrolândia/TO".</t>
   </si>
   <si>
     <t>730</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/730/parecer_ref_ao_projeto_de_lei_324-2025.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/730/parecer_ref_ao_projeto_de_lei_324-2025.pdf</t>
   </si>
   <si>
     <t>Parecer referente ao Projeto de Lei nº 324/2025 que "Institui no âmbito do município de Barrolândia/TO o programa de desempenho da atenção primária à saúde - APS, nos termos da portaria GM/MS n° 3.493, de 10 de abril de 2024, do Ministério da Saúde e dá outras providências".</t>
   </si>
   <si>
     <t>731</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/731/parecer_ref_ao_projeto_de_lei_325-2025.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/731/parecer_ref_ao_projeto_de_lei_325-2025.pdf</t>
   </si>
   <si>
     <t>Parecer referente ao Projeto de Lei nº 325/2025 que trata-se de Projeto de Lei de autoria do Poder Executivo, no qual se "Altera o art. 6° da Lei n° 320/2024 de 27 de dezembro de 2024 - Lei de Orçamentária Anual".</t>
   </si>
   <si>
     <t>732</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/732/parecer_ref_ao_projeto_de_lei_326-2025.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/732/parecer_ref_ao_projeto_de_lei_326-2025.pdf</t>
   </si>
   <si>
     <t>Parecer referente ao Projeto de Lei nº 326/2025 que trata-se de Projeto de Lei de autoria do Poder Executivo, no qual se "Concede reajuste aos professores e altera a Lei n° 324/2025 que trata da estrutura administrativa".</t>
   </si>
   <si>
     <t>762</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/762/parecer_de_comissao.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/762/parecer_de_comissao.pdf</t>
   </si>
   <si>
     <t>Parecer referente ao Projeto de Lei nº 329/2025 que trata-se de Projeto de Lei de autoria do Poder Executivo, no qual se "Autoriza o Poder Executivo a conceder auxílio financeiro ao sindicato rural de Barrolândia/TO para custeio com as despesas com a exposição agropecuária/2025".</t>
   </si>
   <si>
     <t>768</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/768/parecer_de_comissao.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/768/parecer_de_comissao.pdf</t>
   </si>
   <si>
     <t>Parecer referente ao Projeto de Lei nº 332/2025 que trata-se de Projeto de Lei de autoria do Poder Executivo, no qual se "Institui o Plano Municipal de Saneamento Básico destinado a gestão dos servidores públicos municipais de saneamento básico".</t>
   </si>
   <si>
     <t>769</t>
   </si>
   <si>
     <t>CFTFC - COMISSÃO DE FINANÇAS, TRIBUTAÇÃO, FISCALIZAÇÃO E CONTROLE</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/769/parecer_de_comissao_-_23-09-2025.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/769/parecer_de_comissao_-_23-09-2025.pdf</t>
   </si>
   <si>
     <t>Prestação de contas anual referente ao exercício financeiro de 2023 - parecer prévio TCE/TO 12/2025.</t>
   </si>
   <si>
     <t>770</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/770/parecer_de_comissao_-_30-09-2025.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/770/parecer_de_comissao_-_30-09-2025.pdf</t>
   </si>
   <si>
     <t>Parecer referente ao Projeto de Emenda à Lei Orgânica nº 01/2025 que trata-se de Projeto de Emenda à Lei Orgânica de autoria do Poder Executivo, no qual  "Dispõe sobre a referida emenda à Lei Orgânica n° 01/2025.".</t>
   </si>
   <si>
     <t>771</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/771/parecer_de_comissao__-_30-09-2025_1.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/771/parecer_de_comissao__-_30-09-2025_1.pdf</t>
   </si>
   <si>
     <t>Parecer referente ao Projeto de Resolução nº 05/2025 que trata-se de Projeto de Resolução de autoria do Poder Legislativo, que "Altera a redação do artigo 9° do Regimento Interno desta Casa de Leis, bem como da Resolução 07/2023 - Para redefinir a forma de eleição da Mesa Diretora".</t>
   </si>
   <si>
     <t>772</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/772/parecer_de_comissao_-_08-10-2025.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/772/parecer_de_comissao_-_08-10-2025.pdf</t>
   </si>
   <si>
     <t>Parecer referente ao Projeto de Lei nº 333/2025 que trata-se de Projeto de Lei de autoria do Poder Executivo Municipal, que "Dispõe sobre o Sistema Municipal de Segurança Alimentar e Nutricional - SISAN, e dá outras providências".</t>
   </si>
   <si>
+    <t>814</t>
+  </si>
+  <si>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/814/parecer_de_comissao_-_24-04-2025.pdf</t>
+  </si>
+  <si>
+    <t>Parecer referente ao Projeto de Lei nº 328/2025 que trata-se de Projeto de Lei de autoria do Poder Executivo, no qual se "Cria o Conselho Municipal dos Direitos da Mulher - CMDM".</t>
+  </si>
+  <si>
+    <t>815</t>
+  </si>
+  <si>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/815/parecer_de_comissao_-_24-04-2025..pdf</t>
+  </si>
+  <si>
+    <t>Parecer referente ao Projeto de Lei nº 002/2025 que trata-se de Projeto de Lei de autoria do Poder Legislativo, que "Dispõe sobre a criação da Comissão da Mulher no âmbito da Câmara Municipal de Barrolândia/TO e dá outras providências".</t>
+  </si>
+  <si>
+    <t>816</t>
+  </si>
+  <si>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/816/parecer_de_comissao_-_20-08-2025..pdf</t>
+  </si>
+  <si>
+    <t>Parecer referente ao Projeto de Lei nº 327/2025 que trata-se de Projeto de Lei de autoria do Poder Executivo, que "Altera o art. 6° da Lei n° 320/2024 de 27 de dezembro de 2024 - Lei de Orçamento Anual e dá outras providências".</t>
+  </si>
+  <si>
+    <t>817</t>
+  </si>
+  <si>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/817/parecer_de_comissao_-_20-08-2025.pdf</t>
+  </si>
+  <si>
+    <t>Parecer referente ao Projeto de Lei nº 330/2025 que trata-se de Projeto de Lei de autoria do Poder Executivo, que "Dispõe sobre a criação do Conselho Municipal de Turismo, da Política Municipal de Turismo e do Fundo Municipal de Turismo de Barrolândia/TO".</t>
+  </si>
+  <si>
+    <t>861</t>
+  </si>
+  <si>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/861/scan22122025085138.pdf</t>
+  </si>
+  <si>
+    <t>Parecer da CCJR, referente ao projeto de lei do Legislativo nº 09/2025: Institui o programa de Incentivo ao Consumo de Produtos da Agroindústria e da Agricultura Familiar no âmbito do Município de Barrolândia-TO, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>862</t>
+  </si>
+  <si>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/862/scan22122025085008.pdf</t>
+  </si>
+  <si>
+    <t>Parecer das Comissões Mista CCJR e CFTFC, referente ao Projeto de Lei do Legislativo nº 10 de 2025, Dispõe sobre a criação do Abrigo Temporário Municipal para Animais Domésticos em Situação de Abandono, no âmbito do Município de Barrolândia, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>863</t>
+  </si>
+  <si>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/863/scan22122025084636.pdf</t>
+  </si>
+  <si>
+    <t>Parecer da CCJR referente ao Projeto de Lei do Legislativo nº 11 de 2025, Dispõe sobre diretrizes para a garantia da continuidade pedagógica na Rede Municipal de Ensino e autoriza o Poder Executivo a adotar medidas administrativas para a permanência dos docentes durante o ano letivo, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>864</t>
+  </si>
+  <si>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/864/scan22122025083849.pdf</t>
+  </si>
+  <si>
+    <t>Parecer da Comissão Mista CFTFC e CCJR referente ao Projeto de Lei Ordinária nº 336 de 2025, Autoriza o poder executivo Municipal a contratar financiamento para aquisição de veículo tipo van destinado ao transporte de pacientes e dá outras providências. -</t>
+  </si>
+  <si>
+    <t>865</t>
+  </si>
+  <si>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/865/scan22122025084219.pdf</t>
+  </si>
+  <si>
+    <t>Parecer das comissões Mista da CCJR e CFTFC referente ao Projeto de Lei Ordinária nº 337 de 2025, Dispõe sobre Elaboração do Plano Plurianual de governo do Município, para o período de 2026/2029.</t>
+  </si>
+  <si>
+    <t>866</t>
+  </si>
+  <si>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/866/scan22122025084354.pdf</t>
+  </si>
+  <si>
+    <t>Parecer das Comissões Mista CCJR e CFTFC referente ao Projeto de Lei Ordinária nº 338 de 2025, Dispõe sobre as Diretrizes Gerais para a elaboração da Lei Orçamentária para o exercício de 2026 e dá outras providências.</t>
+  </si>
+  <si>
+    <t>867</t>
+  </si>
+  <si>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/867/scan22122025084532.pdf</t>
+  </si>
+  <si>
+    <t>Parecer das Comissões Mista, CCJR e a CFTFC referente ao Projeto de Lei Ordinária nº 339 de 2025, Estima a Receita e fixa a Despesa do Orçamento Anual do Município de BARROLÂNDIA, para o exercício financeiro de 2026.</t>
+  </si>
+  <si>
     <t>726</t>
   </si>
   <si>
     <t>PLL</t>
   </si>
   <si>
     <t>Projeto de Lei do Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/726/projeto_do_legislativo_n_001-2025.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/726/projeto_do_legislativo_n_001-2025.pdf</t>
   </si>
   <si>
     <t>Institui o "Programa Melhor Amigo" que trata sobre o controle populacional e de bem-estar com a castração gratuita de cães e gatos do município de Barrolândia/TO, dá outras e revoga-se qualquer projeto desta natureza.</t>
   </si>
   <si>
     <t>745</t>
   </si>
   <si>
-    <t>ELDIVAN MACHADO COELHO</t>
-[...2 lines deleted...]
-    <t>https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/745/projeto_de_lei_n_002-2025.pdf</t>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/745/projeto_de_lei_n_002-2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação da comissão da mulher no âmbito da câmara municipal de Barrolândia-TO e dá outras providências.</t>
+  </si>
+  <si>
+    <t>839</t>
+  </si>
+  <si>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/839/projeto_de_lei_do_legislativo_n_08-2025.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a priorização de fornecedores e prestadores de serviços locais nas contratações públicas do Município de Barrolândia e dá outras providências.</t>
+  </si>
+  <si>
+    <t>860</t>
+  </si>
+  <si>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/860/projeto_d_e_lei_do_legislativo_n__09-2025.pdf</t>
+  </si>
+  <si>
+    <t>Institui o programa de Incentivo ao Consumo de Produtos da Agroindústria e da Agricultura Familiar no âmbito do Município de Barrolândia-TO, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>850</t>
+  </si>
+  <si>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/850/projeto_d_e_lei_do_legislativo_n_10-2025.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a criação do Abrigo Temporário Municipal para Animais Domésticos em Situação de Abandono, no âmbito do Município de Barrolândia, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>853</t>
+  </si>
+  <si>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/853/projeto_de_lei_do_legislativo_n__11-2025.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre diretrizes para a garantia da continuidade pedagógica na Rede Municipal de Ensino e autoriza o Poder Executivo a adotar medidas administrativas para a permanência dos docentes durante o ano letivo, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>818</t>
+  </si>
+  <si>
+    <t>OFC</t>
+  </si>
+  <si>
+    <t>Ofício</t>
+  </si>
+  <si>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/818/oficio_n_01-2025.pdf</t>
+  </si>
+  <si>
+    <t>Vem pelo presente ofício, pedir que coloque em caráter de urgência a Emenda à Lei Orgânica Municipal n° 01/2025 e o Projeto de Resolução 05/2025.</t>
+  </si>
+  <si>
+    <t>982</t>
+  </si>
+  <si>
+    <t>385</t>
+  </si>
+  <si>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/982/scan09022026094032.pdf</t>
+  </si>
+  <si>
+    <t>Veto total ao projeto de lei n° 10/2025.</t>
+  </si>
+  <si>
+    <t>981</t>
+  </si>
+  <si>
+    <t>386</t>
+  </si>
+  <si>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/981/scan09022026100121.pdf</t>
+  </si>
+  <si>
+    <t>Veto total ao projeto de lei n° 11/2025.</t>
+  </si>
+  <si>
+    <t>819</t>
+  </si>
+  <si>
+    <t>MDA</t>
+  </si>
+  <si>
+    <t>Moção de Apelo</t>
+  </si>
+  <si>
+    <t>http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/819/mocao_de_apelo_n_001-2025.pdf</t>
+  </si>
+  <si>
+    <t>Moção de Apelo ao Excelentíssimo senhor Ministro da Saúde e à Comissão Nacional de Incorporação de Tencnologia no SUS (CONITEC).</t>
+  </si>
+  <si>
+    <t>840</t>
+  </si>
+  <si>
+    <t>ATA</t>
+  </si>
+  <si>
+    <t>Ata da Sessão Ordinária</t>
+  </si>
+  <si>
+    <t>Ata da 45ª Ordinária da 1ª Sessão Legislativa da 10ª Legislatura</t>
+  </si>
+  <si>
+    <t>845</t>
+  </si>
+  <si>
+    <t>Ata da 46ª Ordinária da 1ª Sessão Legislativa da 10ª Legislatura</t>
+  </si>
+  <si>
+    <t>851</t>
+  </si>
+  <si>
+    <t>Ata da 47ª Ordinária da 1ª Sessão Legislativa da 10ª Legislatura</t>
+  </si>
+  <si>
+    <t>854</t>
+  </si>
+  <si>
+    <t>Ata da 48ª Ordinária da 1ª Sessão Legislativa da 10ª Legislatura</t>
+  </si>
+  <si>
+    <t>859</t>
+  </si>
+  <si>
+    <t>Ata da 49ª Ordinária da 1ª Sessão Legislativa da 10ª Legislatura.</t>
+  </si>
+  <si>
+    <t>868</t>
+  </si>
+  <si>
+    <t>Ata da 50ª Ordinária da 1ª Sessão Legislativa da 10ª Legislatura E  da 5ª sessão Extraordinária do ano de 2025.</t>
+  </si>
+  <si>
+    <t>869</t>
+  </si>
+  <si>
+    <t>ATAE</t>
+  </si>
+  <si>
+    <t>Ata da Sessão Extraordinária</t>
+  </si>
+  <si>
+    <t>ATA DA 5ª SESSÃO EXTRAORDINÁRIA .</t>
+  </si>
+  <si>
+    <t>870</t>
+  </si>
+  <si>
+    <t>ATA DA 6ª SESSÃO EXTRAORDINÁRIA</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
@@ -1851,68 +2935,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/722/projeto_de_lei_n_322-2025.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/725/projeto_de_lei_ordinaria_n_323-2025.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/721/projeto_de_lei_n_324-2025.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/723/projeto_de_lei_n_325-2025_2.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/724/projeto_de_lei_n_326-2025_2.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/763/projeto_de_lei_n_327-2025.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/764/projeto_de_lei_n_328.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/765/projeto_de_lei_n_329-2025.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/773/projeto_de_lei_n_330-2025.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/774/projeto_de_lei_n_332-2025.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/775/projeto_de_lei_n_333-2025.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/767/projeto_de_resolucao_005-2025.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/766/projeto_de_emenda_lei_organica_001-2025.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/646/requerimento_n_01-2025.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/647/requerimento_n_02-2025.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/648/requerimento_n_03-2025.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/649/requerimento_n_04-2025.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/650/requerimento_n_05-2025.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/651/requerimento_n_06-2025.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/652/requerimento_n_07-2025.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/653/requerimento_n_08-2025.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/654/requerimento_n_09-2025.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/655/requerimento_n_10-2025.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/656/requerimento_n_11-2025.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/657/requerimento_n_12-2025.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/658/requerimento_n_13-2025.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/659/requerimento_n_14-2025.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/660/requerimento_n_15-2025.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/661/requerimento_n_16-2025.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/662/requerimento_n_17-2025.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/663/requerimento_n_18-2025.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/664/requerimento_n_19-2025.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/665/requerimento_n_20-2025.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/666/requerimento_n_21-2025.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/667/requerimento_n_22-2025.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/668/requerimento_n_23-2025.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/669/requerimento_n_25-2025.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/670/requerimento_n_26-2025.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/671/requerimento_n_27-2025.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/672/requerimento_n_28-2025.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/673/requerimento_n_29-2025.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/674/requerimento_n_30-2025.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/675/requerimento_n_31-2025.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/676/requerimento_n_32-2025.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/677/requerimento_n_33-2025.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/678/requerimento_n_35-2025.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/679/requerimento_n_36-2025.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/680/requerimento_n_37-2025.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/681/requerimento_n_38-2025.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/682/requerimento_n_39-2025.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/683/requerimento_n_40-2025.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/684/requerimento_n_41-2025.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/685/requerimento_n_42-2025.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/686/requerimento_n_43-2025.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/687/requerimento_n_44-2025.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/688/requerimento_n_45-2025.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/689/requerimento_n_46-2025.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/690/requerimento_n_47-2025.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/691/requerimento_n_48-2025.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/692/requerimento_n_49-2025.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/693/requerimento_n_50-2025.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/694/requerimento_n_51-2025.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/695/requerimento_n_52-2025.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/696/requerimento_n_53-2025.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/697/requerimento_n_54-2025.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/698/requerimento_n_55-2025.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/699/requerimento_n_56-2025.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/700/requerimento_n_57-2025.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/701/requerimento_n_58-2025.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/702/requerimento_n_59-2025.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/703/requerimento_n_60-2025.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/704/requerimento_n_61-2025.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/705/requerimento_n_62-2025.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/706/requerimento_n_63-2025.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/707/requerimento_n_64-2025.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/708/requerimento_n_65-2025.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/709/requerimento_n_66-2025.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/710/requerimento_n_67-2025.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/711/requerimento_n_68-2025.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/712/requerimento_n_69-2025.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/713/requerimento_n_70-2025.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/714/requerimento_n_71-2025.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/715/requerimento_n_72-2025.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/716/requerimento_n_73-2025.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/717/requerimento_n_74-2025.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/718/requerimento_n_75-2025.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/719/requerimento_n_76-2025.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/720/requerimento_n_77-2025.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/746/requerimento_n_92-2025.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/747/requerimento_n_93-2025.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/748/requerimento_n_94-2025.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/749/requerimento_n_95-2025.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/750/requerimento_n_96-2025.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/751/requerimento_n_97-2025.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/752/requerimento_n_98-2025.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/753/requerimento_n_103-2025.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/754/requerimento_n_105-2025.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/755/requerimento_n_106-2025.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/756/requerimento_n_107-2025.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/757/requerimento_n_108-2025.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/758/requerimento_n_109-2025.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/759/requerimento_n_110-2025.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/760/requerimento_n_111-2025.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/761/requerimento_n_112-2025.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/727/parecer_ref_ao_projeto_de_lei_001-2025.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/728/parecer_ref_ao_projeto_de_lei_322-2025.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/729/parecer_ref_ao_projeto_de_lei_323-2025.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/730/parecer_ref_ao_projeto_de_lei_324-2025.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/731/parecer_ref_ao_projeto_de_lei_325-2025.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/732/parecer_ref_ao_projeto_de_lei_326-2025.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/762/parecer_de_comissao.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/768/parecer_de_comissao.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/769/parecer_de_comissao_-_23-09-2025.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/770/parecer_de_comissao_-_30-09-2025.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/771/parecer_de_comissao__-_30-09-2025_1.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/772/parecer_de_comissao_-_08-10-2025.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/726/projeto_do_legislativo_n_001-2025.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/745/projeto_de_lei_n_002-2025.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/722/projeto_de_lei_n_322-2025.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/725/projeto_de_lei_ordinaria_n_323-2025.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/721/projeto_de_lei_n_324-2025.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/723/projeto_de_lei_n_325-2025_2.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/724/projeto_de_lei_n_326-2025_2.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/763/projeto_de_lei_n_327-2025.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/764/projeto_de_lei_n_328.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/765/projeto_de_lei_n_329-2025.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/773/projeto_de_lei_n_330-2025.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/774/projeto_de_lei_n_332-2025.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/775/projeto_de_lei_n_333-2025.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/838/projeto_de_lei_n_334-2025.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/837/projeto_de_lei_ordinaria_n_335-2025.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/844/projeto_de_lei_n._336-2025.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/847/projeto_de_lei_no_337-2025_ppa_barrolandia.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/848/0001_-_projeto_de_lei_338-2025_ldo_barrolandia.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/849/projeto_lei_339-2025__loa_barrolandia.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/767/projeto_de_resolucao_005-2025.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/766/projeto_de_emenda_lei_organica_001-2025.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/646/requerimento_n_01-2025.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/647/requerimento_n_02-2025.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/648/requerimento_n_03-2025.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/649/requerimento_n_04-2025.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/650/requerimento_n_05-2025.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/651/requerimento_n_06-2025.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/652/requerimento_n_07-2025.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/653/requerimento_n_08-2025.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/654/requerimento_n_09-2025.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/655/requerimento_n_10-2025.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/656/requerimento_n_11-2025.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/657/requerimento_n_12-2025.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/658/requerimento_n_13-2025.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/659/requerimento_n_14-2025.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/660/requerimento_n_15-2025.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/661/requerimento_n_16-2025.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/662/requerimento_n_17-2025.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/663/requerimento_n_18-2025.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/664/requerimento_n_19-2025.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/665/requerimento_n_20-2025.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/666/requerimento_n_21-2025.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/667/requerimento_n_22-2025.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/668/requerimento_n_23-2025.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/669/requerimento_n_25-2025.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/670/requerimento_n_26-2025.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/671/requerimento_n_27-2025.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/672/requerimento_n_28-2025.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/673/requerimento_n_29-2025.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/674/requerimento_n_30-2025.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/675/requerimento_n_31-2025.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/676/requerimento_n_32-2025.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/677/requerimento_n_33-2025.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/678/requerimento_n_35-2025.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/679/requerimento_n_36-2025.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/680/requerimento_n_37-2025.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/681/requerimento_n_38-2025.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/682/requerimento_n_39-2025.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/683/requerimento_n_40-2025.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/684/requerimento_n_41-2025.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/685/requerimento_n_42-2025.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/686/requerimento_n_43-2025.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/687/requerimento_n_44-2025.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/688/requerimento_n_45-2025.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/689/requerimento_n_46-2025.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/690/requerimento_n_47-2025.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/691/requerimento_n_48-2025.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/692/requerimento_n_49-2025.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/693/requerimento_n_50-2025.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/694/requerimento_n_51-2025.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/695/requerimento_n_52-2025.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/696/requerimento_n_53-2025.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/697/requerimento_n_54-2025.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/698/requerimento_n_55-2025.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/699/requerimento_n_56-2025.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/700/requerimento_n_57-2025.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/701/requerimento_n_58-2025.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/702/requerimento_n_59-2025.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/703/requerimento_n_60-2025.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/704/requerimento_n_61-2025.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/705/requerimento_n_62-2025.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/706/requerimento_n_63-2025.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/707/requerimento_n_64-2025.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/708/requerimento_n_65-2025.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/709/requerimento_n_66-2025.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/710/requerimento_n_67-2025.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/711/requerimento_n_68-2025.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/712/requerimento_n_69-2025.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/713/requerimento_n_70-2025.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/714/requerimento_n_71-2025.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/715/requerimento_n_72-2025.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/716/requerimento_n_73-2025.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/717/requerimento_n_74-2025.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/718/requerimento_n_75-2025.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/719/requerimento_n_76-2025.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/720/requerimento_n_77-2025.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/776/requerimento_n_78.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/777/requerimento_n_79.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/778/requerimento_n_80.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/779/requerimento_n_81.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/780/requerimento_n_82.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/781/requerimento_n_83.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/782/requerimento_n_84.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/783/requerimento_n_85.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/784/requerimento_n_86.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/785/requerimento_n_87.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/786/requerimento_n_88.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/787/requerimento_n_89.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/788/requerimento_n_90.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/789/requerimento_n_91.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/746/requerimento_n_92-2025.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/747/requerimento_n_93-2025.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/748/requerimento_n_94-2025.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/749/requerimento_n_95-2025.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/750/requerimento_n_96-2025.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/751/requerimento_n_97-2025.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/752/requerimento_n_98-2025.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/790/requerimento_n_99.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/791/requerimento_n_100.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/792/requerimento_n_101.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/793/requerimento_n_102.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/753/requerimento_n_103-2025.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/754/requerimento_n_105-2025.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/755/requerimento_n_106-2025.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/756/requerimento_n_107-2025.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/757/requerimento_n_108-2025.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/758/requerimento_n_109-2025.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/759/requerimento_n_110-2025.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/760/requerimento_n_111-2025.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/761/requerimento_n_112-2025.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/794/requerimento_n_113.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/795/requerimento_n_114.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/796/requerimento_n_115.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/797/requerimento_n_116.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/798/requerimento_n_117.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/799/requerimento_n_118.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/800/requerimento_n_128.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/801/requerimento_n_129.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/802/requerimento_n_130.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/803/requerimento_n_134.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/804/requerimento_n_135.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/805/requerimento_n_136.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/806/requerimento_n_137.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/807/requerimento_n_138.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/808/requerimento_n_139.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/809/requerimento_n_140.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/810/requerimento_n_141.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/811/requerimento_n_142.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/812/requerimento_n_143.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/820/requerimento_n_144-2025.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/821/requerimento_n_145-2025.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/822/requerimento_n_146-2025.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/823/requerimento_n_147-2025.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/824/requerimento_n_148-2025.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/825/requerimento_n_149-2025.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/826/requerimento_n_150-2025.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/827/requerimento_n_151-2025.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/828/requerimento_n_152-2025.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/829/requerimento_n_153-2025.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/830/requerimento_n_154-2025.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/831/requerimento_n_155-2025.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/832/requerimento_n_156-2025.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/833/requerimento_n_157-2025.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/834/requerimento_n_158-2025.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/835/requerimento_n_159-2025.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/836/requerimento_n_160-2025.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/841/requerimento_n_162.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/842/requerimento_n_163.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/843/requerimento_n_164.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/852/requerimento_n_165.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/855/requerimento_n_166.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/856/requerimento_n_167.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/857/requerimento_n_168.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/858/requerimento_n_169.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/727/parecer_ref_ao_projeto_de_lei_001-2025.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/728/parecer_ref_ao_projeto_de_lei_322-2025.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/729/parecer_ref_ao_projeto_de_lei_323-2025.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/730/parecer_ref_ao_projeto_de_lei_324-2025.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/731/parecer_ref_ao_projeto_de_lei_325-2025.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/732/parecer_ref_ao_projeto_de_lei_326-2025.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/762/parecer_de_comissao.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/768/parecer_de_comissao.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/769/parecer_de_comissao_-_23-09-2025.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/770/parecer_de_comissao_-_30-09-2025.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/771/parecer_de_comissao__-_30-09-2025_1.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/772/parecer_de_comissao_-_08-10-2025.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/814/parecer_de_comissao_-_24-04-2025.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/815/parecer_de_comissao_-_24-04-2025..pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/816/parecer_de_comissao_-_20-08-2025..pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/817/parecer_de_comissao_-_20-08-2025.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/861/scan22122025085138.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/862/scan22122025085008.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/863/scan22122025084636.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/864/scan22122025083849.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/865/scan22122025084219.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/866/scan22122025084354.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/867/scan22122025084532.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/726/projeto_do_legislativo_n_001-2025.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/745/projeto_de_lei_n_002-2025.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/839/projeto_de_lei_do_legislativo_n_08-2025.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/860/projeto_d_e_lei_do_legislativo_n__09-2025.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/850/projeto_d_e_lei_do_legislativo_n_10-2025.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/853/projeto_de_lei_do_legislativo_n__11-2025.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/818/oficio_n_01-2025.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/982/scan09022026094032.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/981/scan09022026100121.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/sapl/public/materialegislativa/2025/819/mocao_de_apelo_n_001-2025.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.barrolandia.to.leg.br/media/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H119"/>
+  <dimension ref="A1:H215"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
-    <col min="6" max="6" width="182.85546875" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="115.85546875" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="159.5703125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="120" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
@@ -2195,2819 +3279,5279 @@
       </c>
       <c r="E12" t="s">
         <v>12</v>
       </c>
       <c r="F12" t="s">
         <v>13</v>
       </c>
       <c r="G12" s="1" t="s">
         <v>54</v>
       </c>
       <c r="H12" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" t="s">
         <v>56</v>
       </c>
       <c r="B13" t="s">
         <v>9</v>
       </c>
       <c r="C13" t="s">
         <v>57</v>
       </c>
       <c r="D13" t="s">
+        <v>11</v>
+      </c>
+      <c r="E13" t="s">
+        <v>12</v>
+      </c>
+      <c r="F13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G13" s="1" t="s">
         <v>58</v>
       </c>
-      <c r="E13" t="s">
+      <c r="H13" t="s">
         <v>59</v>
-      </c>
-[...7 lines deleted...]
-        <v>62</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" t="s">
-        <v>63</v>
+        <v>60</v>
       </c>
       <c r="B14" t="s">
         <v>9</v>
       </c>
       <c r="C14" t="s">
-        <v>64</v>
+        <v>61</v>
       </c>
       <c r="D14" t="s">
-        <v>65</v>
+        <v>11</v>
       </c>
       <c r="E14" t="s">
-        <v>66</v>
+        <v>12</v>
       </c>
       <c r="F14" t="s">
         <v>13</v>
       </c>
       <c r="G14" s="1" t="s">
-        <v>67</v>
+        <v>62</v>
       </c>
       <c r="H14" t="s">
-        <v>68</v>
+        <v>63</v>
       </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" t="s">
-        <v>69</v>
+        <v>64</v>
       </c>
       <c r="B15" t="s">
         <v>9</v>
       </c>
       <c r="C15" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="D15" t="s">
-        <v>70</v>
+        <v>11</v>
       </c>
       <c r="E15" t="s">
-        <v>71</v>
-[...2 lines deleted...]
-        <v>72</v>
+        <v>12</v>
       </c>
       <c r="G15" s="1" t="s">
-        <v>73</v>
+        <v>66</v>
       </c>
       <c r="H15" t="s">
-        <v>74</v>
+        <v>67</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" t="s">
-        <v>75</v>
+        <v>68</v>
       </c>
       <c r="B16" t="s">
         <v>9</v>
       </c>
       <c r="C16" t="s">
-        <v>76</v>
+        <v>69</v>
       </c>
       <c r="D16" t="s">
+        <v>11</v>
+      </c>
+      <c r="E16" t="s">
+        <v>12</v>
+      </c>
+      <c r="F16" t="s">
+        <v>13</v>
+      </c>
+      <c r="G16" s="1" t="s">
         <v>70</v>
       </c>
-      <c r="E16" t="s">
+      <c r="H16" t="s">
         <v>71</v>
-      </c>
-[...7 lines deleted...]
-        <v>78</v>
       </c>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" t="s">
-        <v>79</v>
+        <v>72</v>
       </c>
       <c r="B17" t="s">
         <v>9</v>
       </c>
       <c r="C17" t="s">
-        <v>80</v>
+        <v>73</v>
       </c>
       <c r="D17" t="s">
-        <v>70</v>
+        <v>11</v>
       </c>
       <c r="E17" t="s">
-        <v>71</v>
+        <v>12</v>
       </c>
       <c r="F17" t="s">
-        <v>72</v>
+        <v>13</v>
       </c>
       <c r="G17" s="1" t="s">
-        <v>81</v>
+        <v>74</v>
       </c>
       <c r="H17" t="s">
-        <v>82</v>
+        <v>75</v>
       </c>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" t="s">
-        <v>83</v>
+        <v>76</v>
       </c>
       <c r="B18" t="s">
         <v>9</v>
       </c>
       <c r="C18" t="s">
-        <v>84</v>
+        <v>77</v>
       </c>
       <c r="D18" t="s">
-        <v>70</v>
+        <v>11</v>
       </c>
       <c r="E18" t="s">
-        <v>71</v>
+        <v>12</v>
       </c>
       <c r="F18" t="s">
-        <v>72</v>
+        <v>13</v>
       </c>
       <c r="G18" s="1" t="s">
-        <v>85</v>
+        <v>78</v>
       </c>
       <c r="H18" t="s">
-        <v>86</v>
+        <v>79</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" t="s">
-        <v>87</v>
+        <v>80</v>
       </c>
       <c r="B19" t="s">
         <v>9</v>
       </c>
       <c r="C19" t="s">
-        <v>57</v>
+        <v>81</v>
       </c>
       <c r="D19" t="s">
-        <v>70</v>
+        <v>82</v>
       </c>
       <c r="E19" t="s">
-        <v>71</v>
+        <v>83</v>
       </c>
       <c r="F19" t="s">
-        <v>72</v>
+        <v>84</v>
       </c>
       <c r="G19" s="1" t="s">
-        <v>88</v>
+        <v>85</v>
       </c>
       <c r="H19" t="s">
-        <v>89</v>
+        <v>86</v>
       </c>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" t="s">
+        <v>87</v>
+      </c>
+      <c r="B20" t="s">
+        <v>9</v>
+      </c>
+      <c r="C20" t="s">
+        <v>88</v>
+      </c>
+      <c r="D20" t="s">
+        <v>89</v>
+      </c>
+      <c r="E20" t="s">
         <v>90</v>
       </c>
-      <c r="B20" t="s">
-[...2 lines deleted...]
-      <c r="C20" t="s">
+      <c r="F20" t="s">
+        <v>13</v>
+      </c>
+      <c r="G20" s="1" t="s">
         <v>91</v>
       </c>
-      <c r="D20" t="s">
-[...8 lines deleted...]
-      <c r="G20" s="1" t="s">
+      <c r="H20" t="s">
         <v>92</v>
-      </c>
-[...1 lines deleted...]
-        <v>93</v>
       </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" t="s">
-        <v>94</v>
+        <v>93</v>
       </c>
       <c r="B21" t="s">
         <v>9</v>
       </c>
       <c r="C21" t="s">
-        <v>95</v>
+        <v>88</v>
       </c>
       <c r="D21" t="s">
-        <v>70</v>
+        <v>94</v>
       </c>
       <c r="E21" t="s">
-        <v>71</v>
+        <v>95</v>
       </c>
       <c r="F21" t="s">
-        <v>72</v>
+        <v>96</v>
       </c>
       <c r="G21" s="1" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="H21" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="B22" t="s">
         <v>9</v>
       </c>
       <c r="C22" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="D22" t="s">
-        <v>70</v>
+        <v>94</v>
       </c>
       <c r="E22" t="s">
-        <v>71</v>
+        <v>95</v>
       </c>
       <c r="F22" t="s">
-        <v>100</v>
+        <v>96</v>
       </c>
       <c r="G22" s="1" t="s">
         <v>101</v>
       </c>
       <c r="H22" t="s">
         <v>102</v>
       </c>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" t="s">
         <v>103</v>
       </c>
       <c r="B23" t="s">
         <v>9</v>
       </c>
       <c r="C23" t="s">
         <v>104</v>
       </c>
       <c r="D23" t="s">
-        <v>70</v>
+        <v>94</v>
       </c>
       <c r="E23" t="s">
-        <v>71</v>
+        <v>95</v>
       </c>
       <c r="F23" t="s">
+        <v>96</v>
+      </c>
+      <c r="G23" s="1" t="s">
         <v>105</v>
       </c>
-      <c r="G23" s="1" t="s">
+      <c r="H23" t="s">
         <v>106</v>
-      </c>
-[...1 lines deleted...]
-        <v>107</v>
       </c>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" t="s">
+        <v>107</v>
+      </c>
+      <c r="B24" t="s">
+        <v>9</v>
+      </c>
+      <c r="C24" t="s">
         <v>108</v>
       </c>
-      <c r="B24" t="s">
-[...2 lines deleted...]
-      <c r="C24" t="s">
+      <c r="D24" t="s">
+        <v>94</v>
+      </c>
+      <c r="E24" t="s">
+        <v>95</v>
+      </c>
+      <c r="F24" t="s">
+        <v>96</v>
+      </c>
+      <c r="G24" s="1" t="s">
         <v>109</v>
       </c>
-      <c r="D24" t="s">
-[...5 lines deleted...]
-      <c r="F24" t="s">
+      <c r="H24" t="s">
         <v>110</v>
-      </c>
-[...4 lines deleted...]
-        <v>112</v>
       </c>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" t="s">
+        <v>111</v>
+      </c>
+      <c r="B25" t="s">
+        <v>9</v>
+      </c>
+      <c r="C25" t="s">
+        <v>81</v>
+      </c>
+      <c r="D25" t="s">
+        <v>94</v>
+      </c>
+      <c r="E25" t="s">
+        <v>95</v>
+      </c>
+      <c r="F25" t="s">
+        <v>96</v>
+      </c>
+      <c r="G25" s="1" t="s">
+        <v>112</v>
+      </c>
+      <c r="H25" t="s">
         <v>113</v>
-      </c>
-[...19 lines deleted...]
-        <v>116</v>
       </c>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" t="s">
+        <v>114</v>
+      </c>
+      <c r="B26" t="s">
+        <v>9</v>
+      </c>
+      <c r="C26" t="s">
+        <v>115</v>
+      </c>
+      <c r="D26" t="s">
+        <v>94</v>
+      </c>
+      <c r="E26" t="s">
+        <v>95</v>
+      </c>
+      <c r="F26" t="s">
+        <v>96</v>
+      </c>
+      <c r="G26" s="1" t="s">
+        <v>116</v>
+      </c>
+      <c r="H26" t="s">
         <v>117</v>
-      </c>
-[...19 lines deleted...]
-        <v>121</v>
       </c>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" t="s">
-        <v>122</v>
+        <v>118</v>
       </c>
       <c r="B27" t="s">
         <v>9</v>
       </c>
       <c r="C27" t="s">
-        <v>123</v>
+        <v>119</v>
       </c>
       <c r="D27" t="s">
-        <v>70</v>
+        <v>94</v>
       </c>
       <c r="E27" t="s">
-        <v>71</v>
+        <v>95</v>
       </c>
       <c r="F27" t="s">
-        <v>119</v>
+        <v>96</v>
       </c>
       <c r="G27" s="1" t="s">
-        <v>124</v>
+        <v>120</v>
       </c>
       <c r="H27" t="s">
-        <v>125</v>
+        <v>121</v>
       </c>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" t="s">
+        <v>122</v>
+      </c>
+      <c r="B28" t="s">
+        <v>9</v>
+      </c>
+      <c r="C28" t="s">
+        <v>123</v>
+      </c>
+      <c r="D28" t="s">
+        <v>94</v>
+      </c>
+      <c r="E28" t="s">
+        <v>95</v>
+      </c>
+      <c r="F28" t="s">
+        <v>124</v>
+      </c>
+      <c r="G28" s="1" t="s">
+        <v>125</v>
+      </c>
+      <c r="H28" t="s">
         <v>126</v>
-      </c>
-[...19 lines deleted...]
-        <v>129</v>
       </c>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" t="s">
+        <v>127</v>
+      </c>
+      <c r="B29" t="s">
+        <v>9</v>
+      </c>
+      <c r="C29" t="s">
+        <v>128</v>
+      </c>
+      <c r="D29" t="s">
+        <v>94</v>
+      </c>
+      <c r="E29" t="s">
+        <v>95</v>
+      </c>
+      <c r="F29" t="s">
+        <v>129</v>
+      </c>
+      <c r="G29" s="1" t="s">
         <v>130</v>
       </c>
-      <c r="B29" t="s">
-[...2 lines deleted...]
-      <c r="C29" t="s">
+      <c r="H29" t="s">
         <v>131</v>
-      </c>
-[...13 lines deleted...]
-        <v>133</v>
       </c>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" t="s">
+        <v>132</v>
+      </c>
+      <c r="B30" t="s">
+        <v>9</v>
+      </c>
+      <c r="C30" t="s">
+        <v>133</v>
+      </c>
+      <c r="D30" t="s">
+        <v>94</v>
+      </c>
+      <c r="E30" t="s">
+        <v>95</v>
+      </c>
+      <c r="F30" t="s">
         <v>134</v>
       </c>
-      <c r="B30" t="s">
-[...2 lines deleted...]
-      <c r="C30" t="s">
+      <c r="G30" s="1" t="s">
         <v>135</v>
       </c>
-      <c r="D30" t="s">
-[...8 lines deleted...]
-      <c r="G30" s="1" t="s">
+      <c r="H30" t="s">
         <v>136</v>
-      </c>
-[...1 lines deleted...]
-        <v>137</v>
       </c>
     </row>
     <row r="31" spans="1:8">
       <c r="A31" t="s">
+        <v>137</v>
+      </c>
+      <c r="B31" t="s">
+        <v>9</v>
+      </c>
+      <c r="C31" t="s">
         <v>138</v>
       </c>
-      <c r="B31" t="s">
-[...2 lines deleted...]
-      <c r="C31" t="s">
+      <c r="D31" t="s">
+        <v>94</v>
+      </c>
+      <c r="E31" t="s">
+        <v>95</v>
+      </c>
+      <c r="F31" t="s">
+        <v>134</v>
+      </c>
+      <c r="G31" s="1" t="s">
         <v>139</v>
       </c>
-      <c r="D31" t="s">
-[...8 lines deleted...]
-      <c r="G31" s="1" t="s">
+      <c r="H31" t="s">
         <v>140</v>
-      </c>
-[...1 lines deleted...]
-        <v>141</v>
       </c>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" t="s">
+        <v>141</v>
+      </c>
+      <c r="B32" t="s">
+        <v>9</v>
+      </c>
+      <c r="C32" t="s">
         <v>142</v>
       </c>
-      <c r="B32" t="s">
-[...2 lines deleted...]
-      <c r="C32" t="s">
+      <c r="D32" t="s">
+        <v>94</v>
+      </c>
+      <c r="E32" t="s">
+        <v>95</v>
+      </c>
+      <c r="F32" t="s">
         <v>143</v>
       </c>
-      <c r="D32" t="s">
-[...5 lines deleted...]
-      <c r="F32" t="s">
+      <c r="G32" s="1" t="s">
         <v>144</v>
       </c>
-      <c r="G32" s="1" t="s">
+      <c r="H32" t="s">
         <v>145</v>
-      </c>
-[...1 lines deleted...]
-        <v>146</v>
       </c>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" t="s">
+        <v>146</v>
+      </c>
+      <c r="B33" t="s">
+        <v>9</v>
+      </c>
+      <c r="C33" t="s">
         <v>147</v>
       </c>
-      <c r="B33" t="s">
-[...2 lines deleted...]
-      <c r="C33" t="s">
+      <c r="D33" t="s">
+        <v>94</v>
+      </c>
+      <c r="E33" t="s">
+        <v>95</v>
+      </c>
+      <c r="F33" t="s">
+        <v>143</v>
+      </c>
+      <c r="G33" s="1" t="s">
         <v>148</v>
       </c>
-      <c r="D33" t="s">
-[...8 lines deleted...]
-      <c r="G33" s="1" t="s">
+      <c r="H33" t="s">
         <v>149</v>
-      </c>
-[...1 lines deleted...]
-        <v>150</v>
       </c>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" t="s">
+        <v>150</v>
+      </c>
+      <c r="B34" t="s">
+        <v>9</v>
+      </c>
+      <c r="C34" t="s">
         <v>151</v>
       </c>
-      <c r="B34" t="s">
-[...2 lines deleted...]
-      <c r="C34" t="s">
+      <c r="D34" t="s">
+        <v>94</v>
+      </c>
+      <c r="E34" t="s">
+        <v>95</v>
+      </c>
+      <c r="F34" t="s">
+        <v>143</v>
+      </c>
+      <c r="G34" s="1" t="s">
         <v>152</v>
       </c>
-      <c r="D34" t="s">
-[...8 lines deleted...]
-      <c r="G34" s="1" t="s">
+      <c r="H34" t="s">
         <v>153</v>
-      </c>
-[...1 lines deleted...]
-        <v>154</v>
       </c>
     </row>
     <row r="35" spans="1:8">
       <c r="A35" t="s">
+        <v>154</v>
+      </c>
+      <c r="B35" t="s">
+        <v>9</v>
+      </c>
+      <c r="C35" t="s">
         <v>155</v>
       </c>
-      <c r="B35" t="s">
-[...2 lines deleted...]
-      <c r="C35" t="s">
+      <c r="D35" t="s">
+        <v>94</v>
+      </c>
+      <c r="E35" t="s">
+        <v>95</v>
+      </c>
+      <c r="F35" t="s">
+        <v>143</v>
+      </c>
+      <c r="G35" s="1" t="s">
         <v>156</v>
       </c>
-      <c r="D35" t="s">
-[...8 lines deleted...]
-      <c r="G35" s="1" t="s">
+      <c r="H35" t="s">
         <v>157</v>
-      </c>
-[...1 lines deleted...]
-        <v>158</v>
       </c>
     </row>
     <row r="36" spans="1:8">
       <c r="A36" t="s">
+        <v>158</v>
+      </c>
+      <c r="B36" t="s">
+        <v>9</v>
+      </c>
+      <c r="C36" t="s">
         <v>159</v>
       </c>
-      <c r="B36" t="s">
-[...2 lines deleted...]
-      <c r="C36" t="s">
+      <c r="D36" t="s">
+        <v>94</v>
+      </c>
+      <c r="E36" t="s">
+        <v>95</v>
+      </c>
+      <c r="F36" t="s">
+        <v>143</v>
+      </c>
+      <c r="G36" s="1" t="s">
         <v>160</v>
       </c>
-      <c r="D36" t="s">
-[...8 lines deleted...]
-      <c r="G36" s="1" t="s">
+      <c r="H36" t="s">
         <v>161</v>
-      </c>
-[...1 lines deleted...]
-        <v>162</v>
       </c>
     </row>
     <row r="37" spans="1:8">
       <c r="A37" t="s">
+        <v>162</v>
+      </c>
+      <c r="B37" t="s">
+        <v>9</v>
+      </c>
+      <c r="C37" t="s">
         <v>163</v>
       </c>
-      <c r="B37" t="s">
-[...2 lines deleted...]
-      <c r="C37" t="s">
+      <c r="D37" t="s">
+        <v>94</v>
+      </c>
+      <c r="E37" t="s">
+        <v>95</v>
+      </c>
+      <c r="F37" t="s">
+        <v>143</v>
+      </c>
+      <c r="G37" s="1" t="s">
         <v>164</v>
       </c>
-      <c r="D37" t="s">
-[...5 lines deleted...]
-      <c r="F37" t="s">
+      <c r="H37" t="s">
         <v>165</v>
-      </c>
-[...4 lines deleted...]
-        <v>167</v>
       </c>
     </row>
     <row r="38" spans="1:8">
       <c r="A38" t="s">
+        <v>166</v>
+      </c>
+      <c r="B38" t="s">
+        <v>9</v>
+      </c>
+      <c r="C38" t="s">
+        <v>167</v>
+      </c>
+      <c r="D38" t="s">
+        <v>94</v>
+      </c>
+      <c r="E38" t="s">
+        <v>95</v>
+      </c>
+      <c r="F38" t="s">
         <v>168</v>
       </c>
-      <c r="B38" t="s">
-[...2 lines deleted...]
-      <c r="C38" t="s">
+      <c r="G38" s="1" t="s">
         <v>169</v>
       </c>
-      <c r="D38" t="s">
-[...5 lines deleted...]
-      <c r="F38" t="s">
+      <c r="H38" t="s">
         <v>170</v>
-      </c>
-[...4 lines deleted...]
-        <v>172</v>
       </c>
     </row>
     <row r="39" spans="1:8">
       <c r="A39" t="s">
+        <v>171</v>
+      </c>
+      <c r="B39" t="s">
+        <v>9</v>
+      </c>
+      <c r="C39" t="s">
+        <v>172</v>
+      </c>
+      <c r="D39" t="s">
+        <v>94</v>
+      </c>
+      <c r="E39" t="s">
+        <v>95</v>
+      </c>
+      <c r="F39" t="s">
+        <v>168</v>
+      </c>
+      <c r="G39" s="1" t="s">
         <v>173</v>
       </c>
-      <c r="B39" t="s">
-[...2 lines deleted...]
-      <c r="C39" t="s">
+      <c r="H39" t="s">
         <v>174</v>
-      </c>
-[...13 lines deleted...]
-        <v>176</v>
       </c>
     </row>
     <row r="40" spans="1:8">
       <c r="A40" t="s">
+        <v>175</v>
+      </c>
+      <c r="B40" t="s">
+        <v>9</v>
+      </c>
+      <c r="C40" t="s">
+        <v>176</v>
+      </c>
+      <c r="D40" t="s">
+        <v>94</v>
+      </c>
+      <c r="E40" t="s">
+        <v>95</v>
+      </c>
+      <c r="F40" t="s">
+        <v>168</v>
+      </c>
+      <c r="G40" s="1" t="s">
         <v>177</v>
       </c>
-      <c r="B40" t="s">
-[...2 lines deleted...]
-      <c r="C40" t="s">
+      <c r="H40" t="s">
         <v>178</v>
-      </c>
-[...13 lines deleted...]
-        <v>180</v>
       </c>
     </row>
     <row r="41" spans="1:8">
       <c r="A41" t="s">
+        <v>179</v>
+      </c>
+      <c r="B41" t="s">
+        <v>9</v>
+      </c>
+      <c r="C41" t="s">
+        <v>180</v>
+      </c>
+      <c r="D41" t="s">
+        <v>94</v>
+      </c>
+      <c r="E41" t="s">
+        <v>95</v>
+      </c>
+      <c r="F41" t="s">
+        <v>168</v>
+      </c>
+      <c r="G41" s="1" t="s">
         <v>181</v>
       </c>
-      <c r="B41" t="s">
-[...2 lines deleted...]
-      <c r="C41" t="s">
+      <c r="H41" t="s">
         <v>182</v>
-      </c>
-[...13 lines deleted...]
-        <v>184</v>
       </c>
     </row>
     <row r="42" spans="1:8">
       <c r="A42" t="s">
+        <v>183</v>
+      </c>
+      <c r="B42" t="s">
+        <v>9</v>
+      </c>
+      <c r="C42" t="s">
+        <v>184</v>
+      </c>
+      <c r="D42" t="s">
+        <v>94</v>
+      </c>
+      <c r="E42" t="s">
+        <v>95</v>
+      </c>
+      <c r="F42" t="s">
+        <v>143</v>
+      </c>
+      <c r="G42" s="1" t="s">
         <v>185</v>
       </c>
-      <c r="B42" t="s">
-[...2 lines deleted...]
-      <c r="C42" t="s">
+      <c r="H42" t="s">
         <v>186</v>
-      </c>
-[...13 lines deleted...]
-        <v>188</v>
       </c>
     </row>
     <row r="43" spans="1:8">
       <c r="A43" t="s">
+        <v>187</v>
+      </c>
+      <c r="B43" t="s">
+        <v>9</v>
+      </c>
+      <c r="C43" t="s">
+        <v>188</v>
+      </c>
+      <c r="D43" t="s">
+        <v>94</v>
+      </c>
+      <c r="E43" t="s">
+        <v>95</v>
+      </c>
+      <c r="F43" t="s">
         <v>189</v>
       </c>
-      <c r="B43" t="s">
-[...2 lines deleted...]
-      <c r="C43" t="s">
+      <c r="G43" s="1" t="s">
         <v>190</v>
       </c>
-      <c r="D43" t="s">
-[...8 lines deleted...]
-      <c r="G43" s="1" t="s">
+      <c r="H43" t="s">
         <v>191</v>
-      </c>
-[...1 lines deleted...]
-        <v>192</v>
       </c>
     </row>
     <row r="44" spans="1:8">
       <c r="A44" t="s">
+        <v>192</v>
+      </c>
+      <c r="B44" t="s">
+        <v>9</v>
+      </c>
+      <c r="C44" t="s">
         <v>193</v>
       </c>
-      <c r="B44" t="s">
-[...2 lines deleted...]
-      <c r="C44" t="s">
+      <c r="D44" t="s">
+        <v>94</v>
+      </c>
+      <c r="E44" t="s">
+        <v>95</v>
+      </c>
+      <c r="F44" t="s">
         <v>194</v>
-      </c>
-[...7 lines deleted...]
-        <v>144</v>
       </c>
       <c r="G44" s="1" t="s">
         <v>195</v>
       </c>
       <c r="H44" t="s">
         <v>196</v>
       </c>
     </row>
     <row r="45" spans="1:8">
       <c r="A45" t="s">
         <v>197</v>
       </c>
       <c r="B45" t="s">
         <v>9</v>
       </c>
       <c r="C45" t="s">
         <v>198</v>
       </c>
       <c r="D45" t="s">
-        <v>70</v>
+        <v>94</v>
       </c>
       <c r="E45" t="s">
-        <v>71</v>
+        <v>95</v>
       </c>
       <c r="F45" t="s">
-        <v>144</v>
+        <v>168</v>
       </c>
       <c r="G45" s="1" t="s">
         <v>199</v>
       </c>
       <c r="H45" t="s">
         <v>200</v>
       </c>
     </row>
     <row r="46" spans="1:8">
       <c r="A46" t="s">
         <v>201</v>
       </c>
       <c r="B46" t="s">
         <v>9</v>
       </c>
       <c r="C46" t="s">
         <v>202</v>
       </c>
       <c r="D46" t="s">
-        <v>70</v>
+        <v>94</v>
       </c>
       <c r="E46" t="s">
-        <v>71</v>
+        <v>95</v>
       </c>
       <c r="F46" t="s">
-        <v>144</v>
+        <v>168</v>
       </c>
       <c r="G46" s="1" t="s">
         <v>203</v>
       </c>
       <c r="H46" t="s">
         <v>204</v>
       </c>
     </row>
     <row r="47" spans="1:8">
       <c r="A47" t="s">
         <v>205</v>
       </c>
       <c r="B47" t="s">
         <v>9</v>
       </c>
       <c r="C47" t="s">
         <v>206</v>
       </c>
       <c r="D47" t="s">
-        <v>70</v>
+        <v>94</v>
       </c>
       <c r="E47" t="s">
-        <v>71</v>
+        <v>95</v>
       </c>
       <c r="F47" t="s">
-        <v>144</v>
+        <v>168</v>
       </c>
       <c r="G47" s="1" t="s">
         <v>207</v>
       </c>
       <c r="H47" t="s">
         <v>208</v>
       </c>
     </row>
     <row r="48" spans="1:8">
       <c r="A48" t="s">
         <v>209</v>
       </c>
       <c r="B48" t="s">
         <v>9</v>
       </c>
       <c r="C48" t="s">
         <v>210</v>
       </c>
       <c r="D48" t="s">
-        <v>70</v>
+        <v>94</v>
       </c>
       <c r="E48" t="s">
-        <v>71</v>
+        <v>95</v>
       </c>
       <c r="F48" t="s">
-        <v>144</v>
+        <v>168</v>
       </c>
       <c r="G48" s="1" t="s">
         <v>211</v>
       </c>
       <c r="H48" t="s">
         <v>212</v>
       </c>
     </row>
     <row r="49" spans="1:8">
       <c r="A49" t="s">
         <v>213</v>
       </c>
       <c r="B49" t="s">
         <v>9</v>
       </c>
       <c r="C49" t="s">
         <v>214</v>
       </c>
       <c r="D49" t="s">
-        <v>70</v>
+        <v>94</v>
       </c>
       <c r="E49" t="s">
-        <v>71</v>
+        <v>95</v>
       </c>
       <c r="F49" t="s">
-        <v>144</v>
+        <v>168</v>
       </c>
       <c r="G49" s="1" t="s">
         <v>215</v>
       </c>
       <c r="H49" t="s">
         <v>216</v>
       </c>
     </row>
     <row r="50" spans="1:8">
       <c r="A50" t="s">
         <v>217</v>
       </c>
       <c r="B50" t="s">
         <v>9</v>
       </c>
       <c r="C50" t="s">
         <v>218</v>
       </c>
       <c r="D50" t="s">
-        <v>70</v>
+        <v>94</v>
       </c>
       <c r="E50" t="s">
-        <v>71</v>
+        <v>95</v>
       </c>
       <c r="F50" t="s">
-        <v>144</v>
+        <v>168</v>
       </c>
       <c r="G50" s="1" t="s">
         <v>219</v>
       </c>
       <c r="H50" t="s">
         <v>220</v>
       </c>
     </row>
     <row r="51" spans="1:8">
       <c r="A51" t="s">
         <v>221</v>
       </c>
       <c r="B51" t="s">
         <v>9</v>
       </c>
       <c r="C51" t="s">
         <v>222</v>
       </c>
       <c r="D51" t="s">
-        <v>70</v>
+        <v>94</v>
       </c>
       <c r="E51" t="s">
-        <v>71</v>
+        <v>95</v>
       </c>
       <c r="F51" t="s">
-        <v>144</v>
+        <v>168</v>
       </c>
       <c r="G51" s="1" t="s">
         <v>223</v>
       </c>
       <c r="H51" t="s">
         <v>224</v>
       </c>
     </row>
     <row r="52" spans="1:8">
       <c r="A52" t="s">
         <v>225</v>
       </c>
       <c r="B52" t="s">
         <v>9</v>
       </c>
       <c r="C52" t="s">
         <v>226</v>
       </c>
       <c r="D52" t="s">
-        <v>70</v>
+        <v>94</v>
       </c>
       <c r="E52" t="s">
-        <v>71</v>
+        <v>95</v>
       </c>
       <c r="F52" t="s">
-        <v>119</v>
+        <v>168</v>
       </c>
       <c r="G52" s="1" t="s">
         <v>227</v>
       </c>
       <c r="H52" t="s">
         <v>228</v>
       </c>
     </row>
     <row r="53" spans="1:8">
       <c r="A53" t="s">
         <v>229</v>
       </c>
       <c r="B53" t="s">
         <v>9</v>
       </c>
       <c r="C53" t="s">
         <v>230</v>
       </c>
       <c r="D53" t="s">
-        <v>70</v>
+        <v>94</v>
       </c>
       <c r="E53" t="s">
-        <v>71</v>
+        <v>95</v>
       </c>
       <c r="F53" t="s">
+        <v>168</v>
+      </c>
+      <c r="G53" s="1" t="s">
         <v>231</v>
       </c>
-      <c r="G53" s="1" t="s">
+      <c r="H53" t="s">
         <v>232</v>
-      </c>
-[...1 lines deleted...]
-        <v>233</v>
       </c>
     </row>
     <row r="54" spans="1:8">
       <c r="A54" t="s">
+        <v>233</v>
+      </c>
+      <c r="B54" t="s">
+        <v>9</v>
+      </c>
+      <c r="C54" t="s">
         <v>234</v>
       </c>
-      <c r="B54" t="s">
-[...2 lines deleted...]
-      <c r="C54" t="s">
+      <c r="D54" t="s">
+        <v>94</v>
+      </c>
+      <c r="E54" t="s">
+        <v>95</v>
+      </c>
+      <c r="F54" t="s">
+        <v>168</v>
+      </c>
+      <c r="G54" s="1" t="s">
         <v>235</v>
       </c>
-      <c r="D54" t="s">
-[...8 lines deleted...]
-      <c r="G54" s="1" t="s">
+      <c r="H54" t="s">
         <v>236</v>
-      </c>
-[...1 lines deleted...]
-        <v>237</v>
       </c>
     </row>
     <row r="55" spans="1:8">
       <c r="A55" t="s">
+        <v>237</v>
+      </c>
+      <c r="B55" t="s">
+        <v>9</v>
+      </c>
+      <c r="C55" t="s">
         <v>238</v>
       </c>
-      <c r="B55" t="s">
-[...2 lines deleted...]
-      <c r="C55" t="s">
+      <c r="D55" t="s">
+        <v>94</v>
+      </c>
+      <c r="E55" t="s">
+        <v>95</v>
+      </c>
+      <c r="F55" t="s">
+        <v>168</v>
+      </c>
+      <c r="G55" s="1" t="s">
         <v>239</v>
       </c>
-      <c r="D55" t="s">
-[...8 lines deleted...]
-      <c r="G55" s="1" t="s">
+      <c r="H55" t="s">
         <v>240</v>
-      </c>
-[...1 lines deleted...]
-        <v>241</v>
       </c>
     </row>
     <row r="56" spans="1:8">
       <c r="A56" t="s">
+        <v>241</v>
+      </c>
+      <c r="B56" t="s">
+        <v>9</v>
+      </c>
+      <c r="C56" t="s">
         <v>242</v>
       </c>
-      <c r="B56" t="s">
-[...2 lines deleted...]
-      <c r="C56" t="s">
+      <c r="D56" t="s">
+        <v>94</v>
+      </c>
+      <c r="E56" t="s">
+        <v>95</v>
+      </c>
+      <c r="F56" t="s">
+        <v>168</v>
+      </c>
+      <c r="G56" s="1" t="s">
         <v>243</v>
       </c>
-      <c r="D56" t="s">
-[...8 lines deleted...]
-      <c r="G56" s="1" t="s">
+      <c r="H56" t="s">
         <v>244</v>
-      </c>
-[...1 lines deleted...]
-        <v>245</v>
       </c>
     </row>
     <row r="57" spans="1:8">
       <c r="A57" t="s">
+        <v>245</v>
+      </c>
+      <c r="B57" t="s">
+        <v>9</v>
+      </c>
+      <c r="C57" t="s">
         <v>246</v>
       </c>
-      <c r="B57" t="s">
-[...2 lines deleted...]
-      <c r="C57" t="s">
+      <c r="D57" t="s">
+        <v>94</v>
+      </c>
+      <c r="E57" t="s">
+        <v>95</v>
+      </c>
+      <c r="F57" t="s">
+        <v>168</v>
+      </c>
+      <c r="G57" s="1" t="s">
         <v>247</v>
       </c>
-      <c r="D57" t="s">
-[...8 lines deleted...]
-      <c r="G57" s="1" t="s">
+      <c r="H57" t="s">
         <v>248</v>
-      </c>
-[...1 lines deleted...]
-        <v>249</v>
       </c>
     </row>
     <row r="58" spans="1:8">
       <c r="A58" t="s">
+        <v>249</v>
+      </c>
+      <c r="B58" t="s">
+        <v>9</v>
+      </c>
+      <c r="C58" t="s">
         <v>250</v>
       </c>
-      <c r="B58" t="s">
-[...2 lines deleted...]
-      <c r="C58" t="s">
+      <c r="D58" t="s">
+        <v>94</v>
+      </c>
+      <c r="E58" t="s">
+        <v>95</v>
+      </c>
+      <c r="F58" t="s">
+        <v>143</v>
+      </c>
+      <c r="G58" s="1" t="s">
         <v>251</v>
       </c>
-      <c r="D58" t="s">
-[...8 lines deleted...]
-      <c r="G58" s="1" t="s">
+      <c r="H58" t="s">
         <v>252</v>
-      </c>
-[...1 lines deleted...]
-        <v>253</v>
       </c>
     </row>
     <row r="59" spans="1:8">
       <c r="A59" t="s">
+        <v>253</v>
+      </c>
+      <c r="B59" t="s">
+        <v>9</v>
+      </c>
+      <c r="C59" t="s">
         <v>254</v>
       </c>
-      <c r="B59" t="s">
-[...2 lines deleted...]
-      <c r="C59" t="s">
+      <c r="D59" t="s">
+        <v>94</v>
+      </c>
+      <c r="E59" t="s">
+        <v>95</v>
+      </c>
+      <c r="F59" t="s">
         <v>255</v>
-      </c>
-[...7 lines deleted...]
-        <v>119</v>
       </c>
       <c r="G59" s="1" t="s">
         <v>256</v>
       </c>
       <c r="H59" t="s">
         <v>257</v>
       </c>
     </row>
     <row r="60" spans="1:8">
       <c r="A60" t="s">
         <v>258</v>
       </c>
       <c r="B60" t="s">
         <v>9</v>
       </c>
       <c r="C60" t="s">
         <v>259</v>
       </c>
       <c r="D60" t="s">
-        <v>70</v>
+        <v>94</v>
       </c>
       <c r="E60" t="s">
-        <v>71</v>
+        <v>95</v>
       </c>
       <c r="F60" t="s">
-        <v>100</v>
+        <v>255</v>
       </c>
       <c r="G60" s="1" t="s">
         <v>260</v>
       </c>
       <c r="H60" t="s">
         <v>261</v>
       </c>
     </row>
     <row r="61" spans="1:8">
       <c r="A61" t="s">
         <v>262</v>
       </c>
       <c r="B61" t="s">
         <v>9</v>
       </c>
       <c r="C61" t="s">
         <v>263</v>
       </c>
       <c r="D61" t="s">
-        <v>70</v>
+        <v>94</v>
       </c>
       <c r="E61" t="s">
-        <v>71</v>
+        <v>95</v>
       </c>
       <c r="F61" t="s">
-        <v>100</v>
+        <v>255</v>
       </c>
       <c r="G61" s="1" t="s">
         <v>264</v>
       </c>
       <c r="H61" t="s">
         <v>265</v>
       </c>
     </row>
     <row r="62" spans="1:8">
       <c r="A62" t="s">
         <v>266</v>
       </c>
       <c r="B62" t="s">
         <v>9</v>
       </c>
       <c r="C62" t="s">
         <v>267</v>
       </c>
       <c r="D62" t="s">
-        <v>70</v>
+        <v>94</v>
       </c>
       <c r="E62" t="s">
-        <v>71</v>
+        <v>95</v>
       </c>
       <c r="F62" t="s">
-        <v>100</v>
+        <v>96</v>
       </c>
       <c r="G62" s="1" t="s">
         <v>268</v>
       </c>
       <c r="H62" t="s">
         <v>269</v>
       </c>
     </row>
     <row r="63" spans="1:8">
       <c r="A63" t="s">
         <v>270</v>
       </c>
       <c r="B63" t="s">
         <v>9</v>
       </c>
       <c r="C63" t="s">
         <v>271</v>
       </c>
       <c r="D63" t="s">
-        <v>70</v>
+        <v>94</v>
       </c>
       <c r="E63" t="s">
-        <v>71</v>
+        <v>95</v>
       </c>
       <c r="F63" t="s">
-        <v>100</v>
+        <v>96</v>
       </c>
       <c r="G63" s="1" t="s">
         <v>272</v>
       </c>
       <c r="H63" t="s">
         <v>273</v>
       </c>
     </row>
     <row r="64" spans="1:8">
       <c r="A64" t="s">
         <v>274</v>
       </c>
       <c r="B64" t="s">
         <v>9</v>
       </c>
       <c r="C64" t="s">
         <v>275</v>
       </c>
       <c r="D64" t="s">
-        <v>70</v>
+        <v>94</v>
       </c>
       <c r="E64" t="s">
-        <v>71</v>
+        <v>95</v>
       </c>
       <c r="F64" t="s">
+        <v>255</v>
+      </c>
+      <c r="G64" s="1" t="s">
         <v>276</v>
       </c>
-      <c r="G64" s="1" t="s">
+      <c r="H64" t="s">
         <v>277</v>
-      </c>
-[...1 lines deleted...]
-        <v>278</v>
       </c>
     </row>
     <row r="65" spans="1:8">
       <c r="A65" t="s">
+        <v>278</v>
+      </c>
+      <c r="B65" t="s">
+        <v>9</v>
+      </c>
+      <c r="C65" t="s">
         <v>279</v>
       </c>
-      <c r="B65" t="s">
-[...2 lines deleted...]
-      <c r="C65" t="s">
+      <c r="D65" t="s">
+        <v>94</v>
+      </c>
+      <c r="E65" t="s">
+        <v>95</v>
+      </c>
+      <c r="F65" t="s">
+        <v>143</v>
+      </c>
+      <c r="G65" s="1" t="s">
         <v>280</v>
       </c>
-      <c r="D65" t="s">
-[...5 lines deleted...]
-      <c r="F65" t="s">
+      <c r="H65" t="s">
         <v>281</v>
-      </c>
-[...4 lines deleted...]
-        <v>283</v>
       </c>
     </row>
     <row r="66" spans="1:8">
       <c r="A66" t="s">
+        <v>282</v>
+      </c>
+      <c r="B66" t="s">
+        <v>9</v>
+      </c>
+      <c r="C66" t="s">
+        <v>283</v>
+      </c>
+      <c r="D66" t="s">
+        <v>94</v>
+      </c>
+      <c r="E66" t="s">
+        <v>95</v>
+      </c>
+      <c r="F66" t="s">
+        <v>124</v>
+      </c>
+      <c r="G66" s="1" t="s">
         <v>284</v>
       </c>
-      <c r="B66" t="s">
-[...2 lines deleted...]
-      <c r="C66" t="s">
+      <c r="H66" t="s">
         <v>285</v>
-      </c>
-[...13 lines deleted...]
-        <v>287</v>
       </c>
     </row>
     <row r="67" spans="1:8">
       <c r="A67" t="s">
+        <v>286</v>
+      </c>
+      <c r="B67" t="s">
+        <v>9</v>
+      </c>
+      <c r="C67" t="s">
+        <v>287</v>
+      </c>
+      <c r="D67" t="s">
+        <v>94</v>
+      </c>
+      <c r="E67" t="s">
+        <v>95</v>
+      </c>
+      <c r="F67" t="s">
+        <v>124</v>
+      </c>
+      <c r="G67" s="1" t="s">
         <v>288</v>
       </c>
-      <c r="B67" t="s">
-[...2 lines deleted...]
-      <c r="C67" t="s">
+      <c r="H67" t="s">
         <v>289</v>
-      </c>
-[...13 lines deleted...]
-        <v>291</v>
       </c>
     </row>
     <row r="68" spans="1:8">
       <c r="A68" t="s">
+        <v>290</v>
+      </c>
+      <c r="B68" t="s">
+        <v>9</v>
+      </c>
+      <c r="C68" t="s">
+        <v>291</v>
+      </c>
+      <c r="D68" t="s">
+        <v>94</v>
+      </c>
+      <c r="E68" t="s">
+        <v>95</v>
+      </c>
+      <c r="F68" t="s">
+        <v>124</v>
+      </c>
+      <c r="G68" s="1" t="s">
         <v>292</v>
       </c>
-      <c r="B68" t="s">
-[...2 lines deleted...]
-      <c r="C68" t="s">
+      <c r="H68" t="s">
         <v>293</v>
-      </c>
-[...13 lines deleted...]
-        <v>295</v>
       </c>
     </row>
     <row r="69" spans="1:8">
       <c r="A69" t="s">
+        <v>294</v>
+      </c>
+      <c r="B69" t="s">
+        <v>9</v>
+      </c>
+      <c r="C69" t="s">
+        <v>295</v>
+      </c>
+      <c r="D69" t="s">
+        <v>94</v>
+      </c>
+      <c r="E69" t="s">
+        <v>95</v>
+      </c>
+      <c r="F69" t="s">
+        <v>124</v>
+      </c>
+      <c r="G69" s="1" t="s">
         <v>296</v>
       </c>
-      <c r="B69" t="s">
-[...2 lines deleted...]
-      <c r="C69" t="s">
+      <c r="H69" t="s">
         <v>297</v>
-      </c>
-[...13 lines deleted...]
-        <v>300</v>
       </c>
     </row>
     <row r="70" spans="1:8">
       <c r="A70" t="s">
+        <v>298</v>
+      </c>
+      <c r="B70" t="s">
+        <v>9</v>
+      </c>
+      <c r="C70" t="s">
+        <v>299</v>
+      </c>
+      <c r="D70" t="s">
+        <v>94</v>
+      </c>
+      <c r="E70" t="s">
+        <v>95</v>
+      </c>
+      <c r="F70" t="s">
+        <v>300</v>
+      </c>
+      <c r="G70" s="1" t="s">
         <v>301</v>
       </c>
-      <c r="B70" t="s">
-[...2 lines deleted...]
-      <c r="C70" t="s">
+      <c r="H70" t="s">
         <v>302</v>
-      </c>
-[...13 lines deleted...]
-        <v>304</v>
       </c>
     </row>
     <row r="71" spans="1:8">
       <c r="A71" t="s">
+        <v>303</v>
+      </c>
+      <c r="B71" t="s">
+        <v>9</v>
+      </c>
+      <c r="C71" t="s">
+        <v>304</v>
+      </c>
+      <c r="D71" t="s">
+        <v>94</v>
+      </c>
+      <c r="E71" t="s">
+        <v>95</v>
+      </c>
+      <c r="F71" t="s">
         <v>305</v>
       </c>
-      <c r="B71" t="s">
-[...2 lines deleted...]
-      <c r="C71" t="s">
+      <c r="G71" s="1" t="s">
         <v>306</v>
       </c>
-      <c r="D71" t="s">
-[...8 lines deleted...]
-      <c r="G71" s="1" t="s">
+      <c r="H71" t="s">
         <v>307</v>
-      </c>
-[...1 lines deleted...]
-        <v>308</v>
       </c>
     </row>
     <row r="72" spans="1:8">
       <c r="A72" t="s">
+        <v>308</v>
+      </c>
+      <c r="B72" t="s">
+        <v>9</v>
+      </c>
+      <c r="C72" t="s">
         <v>309</v>
       </c>
-      <c r="B72" t="s">
-[...2 lines deleted...]
-      <c r="C72" t="s">
+      <c r="D72" t="s">
+        <v>94</v>
+      </c>
+      <c r="E72" t="s">
+        <v>95</v>
+      </c>
+      <c r="F72" t="s">
+        <v>305</v>
+      </c>
+      <c r="G72" s="1" t="s">
         <v>310</v>
       </c>
-      <c r="D72" t="s">
-[...8 lines deleted...]
-      <c r="G72" s="1" t="s">
+      <c r="H72" t="s">
         <v>311</v>
-      </c>
-[...1 lines deleted...]
-        <v>312</v>
       </c>
     </row>
     <row r="73" spans="1:8">
       <c r="A73" t="s">
+        <v>312</v>
+      </c>
+      <c r="B73" t="s">
+        <v>9</v>
+      </c>
+      <c r="C73" t="s">
         <v>313</v>
       </c>
-      <c r="B73" t="s">
-[...2 lines deleted...]
-      <c r="C73" t="s">
+      <c r="D73" t="s">
+        <v>94</v>
+      </c>
+      <c r="E73" t="s">
+        <v>95</v>
+      </c>
+      <c r="F73" t="s">
+        <v>305</v>
+      </c>
+      <c r="G73" s="1" t="s">
         <v>314</v>
       </c>
-      <c r="D73" t="s">
-[...8 lines deleted...]
-      <c r="G73" s="1" t="s">
+      <c r="H73" t="s">
         <v>315</v>
-      </c>
-[...1 lines deleted...]
-        <v>316</v>
       </c>
     </row>
     <row r="74" spans="1:8">
       <c r="A74" t="s">
+        <v>316</v>
+      </c>
+      <c r="B74" t="s">
+        <v>9</v>
+      </c>
+      <c r="C74" t="s">
         <v>317</v>
       </c>
-      <c r="B74" t="s">
-[...2 lines deleted...]
-      <c r="C74" t="s">
+      <c r="D74" t="s">
+        <v>94</v>
+      </c>
+      <c r="E74" t="s">
+        <v>95</v>
+      </c>
+      <c r="F74" t="s">
+        <v>305</v>
+      </c>
+      <c r="G74" s="1" t="s">
         <v>318</v>
       </c>
-      <c r="D74" t="s">
-[...8 lines deleted...]
-      <c r="G74" s="1" t="s">
+      <c r="H74" t="s">
         <v>319</v>
-      </c>
-[...1 lines deleted...]
-        <v>320</v>
       </c>
     </row>
     <row r="75" spans="1:8">
       <c r="A75" t="s">
+        <v>320</v>
+      </c>
+      <c r="B75" t="s">
+        <v>9</v>
+      </c>
+      <c r="C75" t="s">
         <v>321</v>
       </c>
-      <c r="B75" t="s">
-[...2 lines deleted...]
-      <c r="C75" t="s">
+      <c r="D75" t="s">
+        <v>94</v>
+      </c>
+      <c r="E75" t="s">
+        <v>95</v>
+      </c>
+      <c r="F75" t="s">
         <v>322</v>
       </c>
-      <c r="D75" t="s">
-[...5 lines deleted...]
-      <c r="F75" t="s">
+      <c r="G75" s="1" t="s">
         <v>323</v>
       </c>
-      <c r="G75" s="1" t="s">
+      <c r="H75" t="s">
         <v>324</v>
-      </c>
-[...1 lines deleted...]
-        <v>325</v>
       </c>
     </row>
     <row r="76" spans="1:8">
       <c r="A76" t="s">
+        <v>325</v>
+      </c>
+      <c r="B76" t="s">
+        <v>9</v>
+      </c>
+      <c r="C76" t="s">
         <v>326</v>
       </c>
-      <c r="B76" t="s">
-[...2 lines deleted...]
-      <c r="C76" t="s">
+      <c r="D76" t="s">
+        <v>94</v>
+      </c>
+      <c r="E76" t="s">
+        <v>95</v>
+      </c>
+      <c r="F76" t="s">
+        <v>305</v>
+      </c>
+      <c r="G76" s="1" t="s">
         <v>327</v>
       </c>
-      <c r="D76" t="s">
-[...8 lines deleted...]
-      <c r="G76" s="1" t="s">
+      <c r="H76" t="s">
         <v>328</v>
-      </c>
-[...1 lines deleted...]
-        <v>329</v>
       </c>
     </row>
     <row r="77" spans="1:8">
       <c r="A77" t="s">
+        <v>329</v>
+      </c>
+      <c r="B77" t="s">
+        <v>9</v>
+      </c>
+      <c r="C77" t="s">
         <v>330</v>
       </c>
-      <c r="B77" t="s">
-[...2 lines deleted...]
-      <c r="C77" t="s">
+      <c r="D77" t="s">
+        <v>94</v>
+      </c>
+      <c r="E77" t="s">
+        <v>95</v>
+      </c>
+      <c r="F77" t="s">
+        <v>96</v>
+      </c>
+      <c r="G77" s="1" t="s">
         <v>331</v>
       </c>
-      <c r="D77" t="s">
-[...8 lines deleted...]
-      <c r="G77" s="1" t="s">
+      <c r="H77" t="s">
         <v>332</v>
-      </c>
-[...1 lines deleted...]
-        <v>333</v>
       </c>
     </row>
     <row r="78" spans="1:8">
       <c r="A78" t="s">
+        <v>333</v>
+      </c>
+      <c r="B78" t="s">
+        <v>9</v>
+      </c>
+      <c r="C78" t="s">
         <v>334</v>
       </c>
-      <c r="B78" t="s">
-[...2 lines deleted...]
-      <c r="C78" t="s">
+      <c r="D78" t="s">
+        <v>94</v>
+      </c>
+      <c r="E78" t="s">
+        <v>95</v>
+      </c>
+      <c r="F78" t="s">
+        <v>168</v>
+      </c>
+      <c r="G78" s="1" t="s">
         <v>335</v>
       </c>
-      <c r="D78" t="s">
-[...8 lines deleted...]
-      <c r="G78" s="1" t="s">
+      <c r="H78" t="s">
         <v>336</v>
-      </c>
-[...1 lines deleted...]
-        <v>337</v>
       </c>
     </row>
     <row r="79" spans="1:8">
       <c r="A79" t="s">
+        <v>337</v>
+      </c>
+      <c r="B79" t="s">
+        <v>9</v>
+      </c>
+      <c r="C79" t="s">
         <v>338</v>
       </c>
-      <c r="B79" t="s">
-[...2 lines deleted...]
-      <c r="C79" t="s">
+      <c r="D79" t="s">
+        <v>94</v>
+      </c>
+      <c r="E79" t="s">
+        <v>95</v>
+      </c>
+      <c r="F79" t="s">
+        <v>255</v>
+      </c>
+      <c r="G79" s="1" t="s">
         <v>339</v>
       </c>
-      <c r="D79" t="s">
-[...8 lines deleted...]
-      <c r="G79" s="1" t="s">
+      <c r="H79" t="s">
         <v>340</v>
-      </c>
-[...1 lines deleted...]
-        <v>341</v>
       </c>
     </row>
     <row r="80" spans="1:8">
       <c r="A80" t="s">
+        <v>341</v>
+      </c>
+      <c r="B80" t="s">
+        <v>9</v>
+      </c>
+      <c r="C80" t="s">
         <v>342</v>
       </c>
-      <c r="B80" t="s">
-[...2 lines deleted...]
-      <c r="C80" t="s">
+      <c r="D80" t="s">
+        <v>94</v>
+      </c>
+      <c r="E80" t="s">
+        <v>95</v>
+      </c>
+      <c r="F80" t="s">
+        <v>124</v>
+      </c>
+      <c r="G80" s="1" t="s">
         <v>343</v>
       </c>
-      <c r="D80" t="s">
-[...5 lines deleted...]
-      <c r="F80" t="s">
+      <c r="H80" t="s">
         <v>344</v>
-      </c>
-[...4 lines deleted...]
-        <v>346</v>
       </c>
     </row>
     <row r="81" spans="1:8">
       <c r="A81" t="s">
+        <v>345</v>
+      </c>
+      <c r="B81" t="s">
+        <v>9</v>
+      </c>
+      <c r="C81" t="s">
+        <v>346</v>
+      </c>
+      <c r="D81" t="s">
+        <v>94</v>
+      </c>
+      <c r="E81" t="s">
+        <v>95</v>
+      </c>
+      <c r="F81" t="s">
         <v>347</v>
       </c>
-      <c r="B81" t="s">
-[...2 lines deleted...]
-      <c r="C81" t="s">
+      <c r="G81" s="1" t="s">
         <v>348</v>
       </c>
-      <c r="D81" t="s">
-[...8 lines deleted...]
-      <c r="G81" s="1" t="s">
+      <c r="H81" t="s">
         <v>349</v>
-      </c>
-[...1 lines deleted...]
-        <v>350</v>
       </c>
     </row>
     <row r="82" spans="1:8">
       <c r="A82" t="s">
+        <v>350</v>
+      </c>
+      <c r="B82" t="s">
+        <v>9</v>
+      </c>
+      <c r="C82" t="s">
         <v>351</v>
       </c>
-      <c r="B82" t="s">
-[...2 lines deleted...]
-      <c r="C82" t="s">
+      <c r="D82" t="s">
+        <v>94</v>
+      </c>
+      <c r="E82" t="s">
+        <v>95</v>
+      </c>
+      <c r="F82" t="s">
+        <v>347</v>
+      </c>
+      <c r="G82" s="1" t="s">
         <v>352</v>
       </c>
-      <c r="D82" t="s">
-[...8 lines deleted...]
-      <c r="G82" s="1" t="s">
+      <c r="H82" t="s">
         <v>353</v>
-      </c>
-[...1 lines deleted...]
-        <v>354</v>
       </c>
     </row>
     <row r="83" spans="1:8">
       <c r="A83" t="s">
+        <v>354</v>
+      </c>
+      <c r="B83" t="s">
+        <v>9</v>
+      </c>
+      <c r="C83" t="s">
         <v>355</v>
       </c>
-      <c r="B83" t="s">
-[...2 lines deleted...]
-      <c r="C83" t="s">
+      <c r="D83" t="s">
+        <v>94</v>
+      </c>
+      <c r="E83" t="s">
+        <v>95</v>
+      </c>
+      <c r="F83" t="s">
+        <v>124</v>
+      </c>
+      <c r="G83" s="1" t="s">
         <v>356</v>
       </c>
-      <c r="D83" t="s">
-[...8 lines deleted...]
-      <c r="G83" s="1" t="s">
+      <c r="H83" t="s">
         <v>357</v>
-      </c>
-[...1 lines deleted...]
-        <v>358</v>
       </c>
     </row>
     <row r="84" spans="1:8">
       <c r="A84" t="s">
+        <v>358</v>
+      </c>
+      <c r="B84" t="s">
+        <v>9</v>
+      </c>
+      <c r="C84" t="s">
         <v>359</v>
       </c>
-      <c r="B84" t="s">
-[...2 lines deleted...]
-      <c r="C84" t="s">
+      <c r="D84" t="s">
+        <v>94</v>
+      </c>
+      <c r="E84" t="s">
+        <v>95</v>
+      </c>
+      <c r="F84" t="s">
+        <v>143</v>
+      </c>
+      <c r="G84" s="1" t="s">
         <v>360</v>
       </c>
-      <c r="D84" t="s">
-[...8 lines deleted...]
-      <c r="G84" s="1" t="s">
+      <c r="H84" t="s">
         <v>361</v>
-      </c>
-[...1 lines deleted...]
-        <v>362</v>
       </c>
     </row>
     <row r="85" spans="1:8">
       <c r="A85" t="s">
+        <v>362</v>
+      </c>
+      <c r="B85" t="s">
+        <v>9</v>
+      </c>
+      <c r="C85" t="s">
         <v>363</v>
       </c>
-      <c r="B85" t="s">
-[...2 lines deleted...]
-      <c r="C85" t="s">
+      <c r="D85" t="s">
+        <v>94</v>
+      </c>
+      <c r="E85" t="s">
+        <v>95</v>
+      </c>
+      <c r="F85" t="s">
+        <v>143</v>
+      </c>
+      <c r="G85" s="1" t="s">
         <v>364</v>
       </c>
-      <c r="D85" t="s">
-[...8 lines deleted...]
-      <c r="G85" s="1" t="s">
+      <c r="H85" t="s">
         <v>365</v>
-      </c>
-[...1 lines deleted...]
-        <v>366</v>
       </c>
     </row>
     <row r="86" spans="1:8">
       <c r="A86" t="s">
+        <v>366</v>
+      </c>
+      <c r="B86" t="s">
+        <v>9</v>
+      </c>
+      <c r="C86" t="s">
         <v>367</v>
       </c>
-      <c r="B86" t="s">
-[...2 lines deleted...]
-      <c r="C86" t="s">
+      <c r="D86" t="s">
+        <v>94</v>
+      </c>
+      <c r="E86" t="s">
+        <v>95</v>
+      </c>
+      <c r="F86" t="s">
         <v>368</v>
-      </c>
-[...7 lines deleted...]
-        <v>119</v>
       </c>
       <c r="G86" s="1" t="s">
         <v>369</v>
       </c>
       <c r="H86" t="s">
         <v>370</v>
       </c>
     </row>
     <row r="87" spans="1:8">
       <c r="A87" t="s">
         <v>371</v>
       </c>
       <c r="B87" t="s">
         <v>9</v>
       </c>
       <c r="C87" t="s">
         <v>372</v>
       </c>
       <c r="D87" t="s">
-        <v>70</v>
+        <v>94</v>
       </c>
       <c r="E87" t="s">
-        <v>71</v>
+        <v>95</v>
       </c>
       <c r="F87" t="s">
-        <v>72</v>
+        <v>194</v>
       </c>
       <c r="G87" s="1" t="s">
         <v>373</v>
       </c>
       <c r="H87" t="s">
         <v>374</v>
       </c>
     </row>
     <row r="88" spans="1:8">
       <c r="A88" t="s">
         <v>375</v>
       </c>
       <c r="B88" t="s">
         <v>9</v>
       </c>
       <c r="C88" t="s">
         <v>376</v>
       </c>
       <c r="D88" t="s">
-        <v>70</v>
+        <v>94</v>
       </c>
       <c r="E88" t="s">
-        <v>71</v>
+        <v>95</v>
       </c>
       <c r="F88" t="s">
-        <v>100</v>
+        <v>305</v>
       </c>
       <c r="G88" s="1" t="s">
         <v>377</v>
       </c>
       <c r="H88" t="s">
         <v>378</v>
       </c>
     </row>
     <row r="89" spans="1:8">
       <c r="A89" t="s">
         <v>379</v>
       </c>
       <c r="B89" t="s">
         <v>9</v>
       </c>
       <c r="C89" t="s">
         <v>380</v>
       </c>
       <c r="D89" t="s">
-        <v>70</v>
+        <v>94</v>
       </c>
       <c r="E89" t="s">
-        <v>71</v>
+        <v>95</v>
       </c>
       <c r="F89" t="s">
-        <v>100</v>
+        <v>305</v>
       </c>
       <c r="G89" s="1" t="s">
         <v>381</v>
       </c>
       <c r="H89" t="s">
         <v>382</v>
       </c>
     </row>
     <row r="90" spans="1:8">
       <c r="A90" t="s">
         <v>383</v>
       </c>
       <c r="B90" t="s">
         <v>9</v>
       </c>
       <c r="C90" t="s">
         <v>384</v>
       </c>
       <c r="D90" t="s">
-        <v>70</v>
+        <v>94</v>
       </c>
       <c r="E90" t="s">
-        <v>71</v>
+        <v>95</v>
       </c>
       <c r="F90" t="s">
-        <v>119</v>
+        <v>305</v>
       </c>
       <c r="G90" s="1" t="s">
         <v>385</v>
       </c>
       <c r="H90" t="s">
         <v>386</v>
       </c>
     </row>
     <row r="91" spans="1:8">
       <c r="A91" t="s">
         <v>387</v>
       </c>
       <c r="B91" t="s">
         <v>9</v>
       </c>
       <c r="C91" t="s">
         <v>388</v>
       </c>
       <c r="D91" t="s">
-        <v>70</v>
+        <v>94</v>
       </c>
       <c r="E91" t="s">
-        <v>71</v>
+        <v>95</v>
       </c>
       <c r="F91" t="s">
-        <v>100</v>
+        <v>143</v>
       </c>
       <c r="G91" s="1" t="s">
         <v>389</v>
       </c>
       <c r="H91" t="s">
         <v>390</v>
       </c>
     </row>
     <row r="92" spans="1:8">
       <c r="A92" t="s">
         <v>391</v>
       </c>
       <c r="B92" t="s">
         <v>9</v>
       </c>
       <c r="C92" t="s">
         <v>392</v>
       </c>
       <c r="D92" t="s">
-        <v>70</v>
+        <v>94</v>
       </c>
       <c r="E92" t="s">
-        <v>71</v>
+        <v>95</v>
       </c>
       <c r="F92" t="s">
-        <v>281</v>
+        <v>143</v>
       </c>
       <c r="G92" s="1" t="s">
         <v>393</v>
       </c>
       <c r="H92" t="s">
         <v>394</v>
       </c>
     </row>
     <row r="93" spans="1:8">
       <c r="A93" t="s">
         <v>395</v>
       </c>
       <c r="B93" t="s">
         <v>9</v>
       </c>
       <c r="C93" t="s">
         <v>396</v>
       </c>
       <c r="D93" t="s">
-        <v>70</v>
+        <v>94</v>
       </c>
       <c r="E93" t="s">
-        <v>71</v>
+        <v>95</v>
       </c>
       <c r="F93" t="s">
-        <v>281</v>
+        <v>96</v>
       </c>
       <c r="G93" s="1" t="s">
         <v>397</v>
       </c>
       <c r="H93" t="s">
         <v>398</v>
       </c>
     </row>
     <row r="94" spans="1:8">
       <c r="A94" t="s">
         <v>399</v>
       </c>
       <c r="B94" t="s">
         <v>9</v>
       </c>
       <c r="C94" t="s">
         <v>400</v>
       </c>
       <c r="D94" t="s">
-        <v>70</v>
+        <v>94</v>
       </c>
       <c r="E94" t="s">
-        <v>71</v>
+        <v>95</v>
       </c>
       <c r="F94" t="s">
-        <v>100</v>
+        <v>124</v>
       </c>
       <c r="G94" s="1" t="s">
         <v>401</v>
       </c>
       <c r="H94" t="s">
         <v>402</v>
       </c>
     </row>
     <row r="95" spans="1:8">
       <c r="A95" t="s">
         <v>403</v>
       </c>
       <c r="B95" t="s">
         <v>9</v>
       </c>
       <c r="C95" t="s">
         <v>404</v>
       </c>
       <c r="D95" t="s">
-        <v>70</v>
+        <v>94</v>
       </c>
       <c r="E95" t="s">
-        <v>71</v>
+        <v>95</v>
       </c>
       <c r="F95" t="s">
-        <v>119</v>
+        <v>124</v>
       </c>
       <c r="G95" s="1" t="s">
         <v>405</v>
       </c>
       <c r="H95" t="s">
         <v>406</v>
       </c>
     </row>
     <row r="96" spans="1:8">
       <c r="A96" t="s">
         <v>407</v>
       </c>
       <c r="B96" t="s">
         <v>9</v>
       </c>
       <c r="C96" t="s">
         <v>408</v>
       </c>
       <c r="D96" t="s">
-        <v>70</v>
+        <v>94</v>
       </c>
       <c r="E96" t="s">
-        <v>71</v>
+        <v>95</v>
       </c>
       <c r="F96" t="s">
-        <v>144</v>
+        <v>143</v>
       </c>
       <c r="G96" s="1" t="s">
         <v>409</v>
       </c>
       <c r="H96" t="s">
         <v>410</v>
       </c>
     </row>
     <row r="97" spans="1:8">
       <c r="A97" t="s">
         <v>411</v>
       </c>
       <c r="B97" t="s">
         <v>9</v>
       </c>
       <c r="C97" t="s">
         <v>412</v>
       </c>
       <c r="D97" t="s">
-        <v>70</v>
+        <v>94</v>
       </c>
       <c r="E97" t="s">
-        <v>71</v>
+        <v>95</v>
       </c>
       <c r="F97" t="s">
-        <v>119</v>
+        <v>143</v>
       </c>
       <c r="G97" s="1" t="s">
         <v>413</v>
       </c>
       <c r="H97" t="s">
         <v>414</v>
       </c>
     </row>
     <row r="98" spans="1:8">
       <c r="A98" t="s">
         <v>415</v>
       </c>
       <c r="B98" t="s">
         <v>9</v>
       </c>
       <c r="C98" t="s">
         <v>416</v>
       </c>
       <c r="D98" t="s">
-        <v>70</v>
+        <v>94</v>
       </c>
       <c r="E98" t="s">
-        <v>71</v>
+        <v>95</v>
       </c>
       <c r="F98" t="s">
-        <v>119</v>
+        <v>143</v>
       </c>
       <c r="G98" s="1" t="s">
         <v>417</v>
       </c>
       <c r="H98" t="s">
         <v>418</v>
       </c>
     </row>
     <row r="99" spans="1:8">
       <c r="A99" t="s">
         <v>419</v>
       </c>
       <c r="B99" t="s">
         <v>9</v>
       </c>
       <c r="C99" t="s">
         <v>420</v>
       </c>
       <c r="D99" t="s">
-        <v>70</v>
+        <v>94</v>
       </c>
       <c r="E99" t="s">
-        <v>71</v>
+        <v>95</v>
       </c>
       <c r="F99" t="s">
-        <v>72</v>
+        <v>143</v>
       </c>
       <c r="G99" s="1" t="s">
         <v>421</v>
       </c>
       <c r="H99" t="s">
         <v>422</v>
       </c>
     </row>
     <row r="100" spans="1:8">
       <c r="A100" t="s">
         <v>423</v>
       </c>
       <c r="B100" t="s">
         <v>9</v>
       </c>
       <c r="C100" t="s">
         <v>424</v>
       </c>
       <c r="D100" t="s">
-        <v>70</v>
+        <v>94</v>
       </c>
       <c r="E100" t="s">
-        <v>71</v>
+        <v>95</v>
       </c>
       <c r="F100" t="s">
-        <v>72</v>
+        <v>143</v>
       </c>
       <c r="G100" s="1" t="s">
         <v>425</v>
       </c>
       <c r="H100" t="s">
         <v>426</v>
       </c>
     </row>
     <row r="101" spans="1:8">
       <c r="A101" t="s">
         <v>427</v>
       </c>
       <c r="B101" t="s">
         <v>9</v>
       </c>
       <c r="C101" t="s">
         <v>428</v>
       </c>
       <c r="D101" t="s">
-        <v>70</v>
+        <v>94</v>
       </c>
       <c r="E101" t="s">
-        <v>71</v>
+        <v>95</v>
       </c>
       <c r="F101" t="s">
-        <v>119</v>
+        <v>143</v>
       </c>
       <c r="G101" s="1" t="s">
         <v>429</v>
       </c>
       <c r="H101" t="s">
         <v>430</v>
       </c>
     </row>
     <row r="102" spans="1:8">
       <c r="A102" t="s">
         <v>431</v>
       </c>
       <c r="B102" t="s">
         <v>9</v>
       </c>
       <c r="C102" t="s">
         <v>432</v>
       </c>
       <c r="D102" t="s">
-        <v>70</v>
+        <v>94</v>
       </c>
       <c r="E102" t="s">
-        <v>71</v>
+        <v>95</v>
       </c>
       <c r="F102" t="s">
-        <v>170</v>
+        <v>96</v>
       </c>
       <c r="G102" s="1" t="s">
         <v>433</v>
       </c>
       <c r="H102" t="s">
         <v>434</v>
       </c>
     </row>
     <row r="103" spans="1:8">
       <c r="A103" t="s">
         <v>435</v>
       </c>
       <c r="B103" t="s">
         <v>9</v>
       </c>
       <c r="C103" t="s">
         <v>436</v>
       </c>
       <c r="D103" t="s">
-        <v>70</v>
+        <v>94</v>
       </c>
       <c r="E103" t="s">
-        <v>71</v>
+        <v>95</v>
       </c>
       <c r="F103" t="s">
+        <v>143</v>
+      </c>
+      <c r="G103" s="1" t="s">
         <v>437</v>
       </c>
-      <c r="G103" s="1" t="s">
+      <c r="H103" t="s">
         <v>438</v>
-      </c>
-[...1 lines deleted...]
-        <v>439</v>
       </c>
     </row>
     <row r="104" spans="1:8">
       <c r="A104" t="s">
+        <v>439</v>
+      </c>
+      <c r="B104" t="s">
+        <v>9</v>
+      </c>
+      <c r="C104" t="s">
         <v>440</v>
       </c>
-      <c r="B104" t="s">
-[...2 lines deleted...]
-      <c r="C104" t="s">
+      <c r="D104" t="s">
+        <v>94</v>
+      </c>
+      <c r="E104" t="s">
+        <v>95</v>
+      </c>
+      <c r="F104" t="s">
+        <v>305</v>
+      </c>
+      <c r="G104" s="1" t="s">
         <v>441</v>
       </c>
-      <c r="D104" t="s">
-[...8 lines deleted...]
-      <c r="G104" s="1" t="s">
+      <c r="H104" t="s">
         <v>442</v>
-      </c>
-[...1 lines deleted...]
-        <v>443</v>
       </c>
     </row>
     <row r="105" spans="1:8">
       <c r="A105" t="s">
+        <v>443</v>
+      </c>
+      <c r="B105" t="s">
+        <v>9</v>
+      </c>
+      <c r="C105" t="s">
         <v>444</v>
       </c>
-      <c r="B105" t="s">
-[...2 lines deleted...]
-      <c r="C105" t="s">
+      <c r="D105" t="s">
+        <v>94</v>
+      </c>
+      <c r="E105" t="s">
+        <v>95</v>
+      </c>
+      <c r="F105" t="s">
+        <v>124</v>
+      </c>
+      <c r="G105" s="1" t="s">
         <v>445</v>
       </c>
-      <c r="D105" t="s">
-[...8 lines deleted...]
-      <c r="G105" s="1" t="s">
+      <c r="H105" t="s">
         <v>446</v>
-      </c>
-[...1 lines deleted...]
-        <v>447</v>
       </c>
     </row>
     <row r="106" spans="1:8">
       <c r="A106" t="s">
+        <v>447</v>
+      </c>
+      <c r="B106" t="s">
+        <v>9</v>
+      </c>
+      <c r="C106" t="s">
         <v>448</v>
       </c>
-      <c r="B106" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D106" t="s">
+        <v>94</v>
+      </c>
+      <c r="E106" t="s">
+        <v>95</v>
+      </c>
+      <c r="F106" t="s">
+        <v>124</v>
+      </c>
+      <c r="G106" s="1" t="s">
         <v>449</v>
       </c>
-      <c r="E106" t="s">
+      <c r="H106" t="s">
         <v>450</v>
-      </c>
-[...7 lines deleted...]
-        <v>453</v>
       </c>
     </row>
     <row r="107" spans="1:8">
       <c r="A107" t="s">
+        <v>451</v>
+      </c>
+      <c r="B107" t="s">
+        <v>9</v>
+      </c>
+      <c r="C107" t="s">
+        <v>452</v>
+      </c>
+      <c r="D107" t="s">
+        <v>94</v>
+      </c>
+      <c r="E107" t="s">
+        <v>95</v>
+      </c>
+      <c r="F107" t="s">
+        <v>453</v>
+      </c>
+      <c r="G107" s="1" t="s">
         <v>454</v>
       </c>
-      <c r="B107" t="s">
-[...14 lines deleted...]
-      <c r="G107" s="1" t="s">
+      <c r="H107" t="s">
         <v>455</v>
-      </c>
-[...1 lines deleted...]
-        <v>456</v>
       </c>
     </row>
     <row r="108" spans="1:8">
       <c r="A108" t="s">
+        <v>456</v>
+      </c>
+      <c r="B108" t="s">
+        <v>9</v>
+      </c>
+      <c r="C108" t="s">
         <v>457</v>
       </c>
-      <c r="B108" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D108" t="s">
-        <v>449</v>
+        <v>94</v>
       </c>
       <c r="E108" t="s">
-        <v>450</v>
+        <v>95</v>
       </c>
       <c r="F108" t="s">
+        <v>143</v>
+      </c>
+      <c r="G108" s="1" t="s">
         <v>458</v>
       </c>
-      <c r="G108" s="1" t="s">
+      <c r="H108" t="s">
         <v>459</v>
-      </c>
-[...1 lines deleted...]
-        <v>460</v>
       </c>
     </row>
     <row r="109" spans="1:8">
       <c r="A109" t="s">
+        <v>460</v>
+      </c>
+      <c r="B109" t="s">
+        <v>9</v>
+      </c>
+      <c r="C109" t="s">
         <v>461</v>
       </c>
-      <c r="B109" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D109" t="s">
-        <v>449</v>
+        <v>94</v>
       </c>
       <c r="E109" t="s">
-        <v>450</v>
+        <v>95</v>
       </c>
       <c r="F109" t="s">
-        <v>458</v>
+        <v>143</v>
       </c>
       <c r="G109" s="1" t="s">
         <v>462</v>
       </c>
       <c r="H109" t="s">
         <v>463</v>
       </c>
     </row>
     <row r="110" spans="1:8">
       <c r="A110" t="s">
         <v>464</v>
       </c>
       <c r="B110" t="s">
         <v>9</v>
       </c>
       <c r="C110" t="s">
-        <v>57</v>
+        <v>465</v>
       </c>
       <c r="D110" t="s">
-        <v>449</v>
+        <v>94</v>
       </c>
       <c r="E110" t="s">
-        <v>450</v>
+        <v>95</v>
       </c>
       <c r="F110" t="s">
-        <v>458</v>
+        <v>143</v>
       </c>
       <c r="G110" s="1" t="s">
-        <v>465</v>
+        <v>466</v>
       </c>
       <c r="H110" t="s">
-        <v>466</v>
+        <v>467</v>
       </c>
     </row>
     <row r="111" spans="1:8">
       <c r="A111" t="s">
-        <v>467</v>
+        <v>468</v>
       </c>
       <c r="B111" t="s">
         <v>9</v>
       </c>
       <c r="C111" t="s">
-        <v>91</v>
+        <v>469</v>
       </c>
       <c r="D111" t="s">
-        <v>449</v>
+        <v>94</v>
       </c>
       <c r="E111" t="s">
-        <v>450</v>
+        <v>95</v>
       </c>
       <c r="F111" t="s">
-        <v>458</v>
+        <v>124</v>
       </c>
       <c r="G111" s="1" t="s">
-        <v>468</v>
+        <v>470</v>
       </c>
       <c r="H111" t="s">
-        <v>469</v>
+        <v>471</v>
       </c>
     </row>
     <row r="112" spans="1:8">
       <c r="A112" t="s">
-        <v>470</v>
+        <v>472</v>
       </c>
       <c r="B112" t="s">
         <v>9</v>
       </c>
       <c r="C112" t="s">
-        <v>95</v>
+        <v>473</v>
       </c>
       <c r="D112" t="s">
-        <v>449</v>
+        <v>94</v>
       </c>
       <c r="E112" t="s">
-        <v>450</v>
+        <v>95</v>
       </c>
       <c r="F112" t="s">
-        <v>458</v>
+        <v>305</v>
       </c>
       <c r="G112" s="1" t="s">
-        <v>471</v>
+        <v>474</v>
       </c>
       <c r="H112" t="s">
-        <v>472</v>
+        <v>475</v>
       </c>
     </row>
     <row r="113" spans="1:8">
       <c r="A113" t="s">
-        <v>473</v>
+        <v>476</v>
       </c>
       <c r="B113" t="s">
         <v>9</v>
       </c>
       <c r="C113" t="s">
-        <v>99</v>
+        <v>477</v>
       </c>
       <c r="D113" t="s">
-        <v>449</v>
+        <v>94</v>
       </c>
       <c r="E113" t="s">
-        <v>450</v>
+        <v>95</v>
       </c>
       <c r="F113" t="s">
-        <v>451</v>
+        <v>305</v>
       </c>
       <c r="G113" s="1" t="s">
-        <v>474</v>
+        <v>478</v>
       </c>
       <c r="H113" t="s">
-        <v>475</v>
+        <v>479</v>
       </c>
     </row>
     <row r="114" spans="1:8">
       <c r="A114" t="s">
-        <v>476</v>
+        <v>480</v>
       </c>
       <c r="B114" t="s">
         <v>9</v>
       </c>
       <c r="C114" t="s">
-        <v>104</v>
+        <v>481</v>
       </c>
       <c r="D114" t="s">
-        <v>449</v>
+        <v>94</v>
       </c>
       <c r="E114" t="s">
-        <v>450</v>
+        <v>95</v>
       </c>
       <c r="F114" t="s">
-        <v>477</v>
+        <v>124</v>
       </c>
       <c r="G114" s="1" t="s">
-        <v>478</v>
+        <v>482</v>
       </c>
       <c r="H114" t="s">
-        <v>479</v>
+        <v>483</v>
       </c>
     </row>
     <row r="115" spans="1:8">
       <c r="A115" t="s">
-        <v>480</v>
+        <v>484</v>
       </c>
       <c r="B115" t="s">
         <v>9</v>
       </c>
       <c r="C115" t="s">
-        <v>109</v>
+        <v>485</v>
       </c>
       <c r="D115" t="s">
-        <v>449</v>
+        <v>94</v>
       </c>
       <c r="E115" t="s">
-        <v>450</v>
+        <v>95</v>
       </c>
       <c r="F115" t="s">
-        <v>451</v>
+        <v>143</v>
       </c>
       <c r="G115" s="1" t="s">
-        <v>481</v>
+        <v>486</v>
       </c>
       <c r="H115" t="s">
-        <v>482</v>
+        <v>487</v>
       </c>
     </row>
     <row r="116" spans="1:8">
       <c r="A116" t="s">
-        <v>483</v>
+        <v>488</v>
       </c>
       <c r="B116" t="s">
         <v>9</v>
       </c>
       <c r="C116" t="s">
-        <v>114</v>
+        <v>489</v>
       </c>
       <c r="D116" t="s">
-        <v>449</v>
+        <v>94</v>
       </c>
       <c r="E116" t="s">
-        <v>450</v>
+        <v>95</v>
       </c>
       <c r="F116" t="s">
-        <v>451</v>
+        <v>168</v>
       </c>
       <c r="G116" s="1" t="s">
-        <v>484</v>
+        <v>490</v>
       </c>
       <c r="H116" t="s">
-        <v>485</v>
+        <v>491</v>
       </c>
     </row>
     <row r="117" spans="1:8">
       <c r="A117" t="s">
-        <v>486</v>
+        <v>492</v>
       </c>
       <c r="B117" t="s">
         <v>9</v>
       </c>
       <c r="C117" t="s">
-        <v>118</v>
+        <v>493</v>
       </c>
       <c r="D117" t="s">
-        <v>449</v>
+        <v>94</v>
       </c>
       <c r="E117" t="s">
-        <v>450</v>
+        <v>95</v>
       </c>
       <c r="F117" t="s">
-        <v>451</v>
+        <v>134</v>
       </c>
       <c r="G117" s="1" t="s">
-        <v>487</v>
+        <v>494</v>
       </c>
       <c r="H117" t="s">
-        <v>488</v>
+        <v>495</v>
       </c>
     </row>
     <row r="118" spans="1:8">
       <c r="A118" t="s">
-        <v>489</v>
+        <v>496</v>
       </c>
       <c r="B118" t="s">
         <v>9</v>
       </c>
       <c r="C118" t="s">
-        <v>64</v>
+        <v>497</v>
       </c>
       <c r="D118" t="s">
-        <v>490</v>
+        <v>94</v>
       </c>
       <c r="E118" t="s">
-        <v>491</v>
+        <v>95</v>
       </c>
       <c r="F118" t="s">
-        <v>105</v>
+        <v>255</v>
       </c>
       <c r="G118" s="1" t="s">
-        <v>492</v>
+        <v>498</v>
       </c>
       <c r="H118" t="s">
-        <v>493</v>
+        <v>499</v>
       </c>
     </row>
     <row r="119" spans="1:8">
       <c r="A119" t="s">
-        <v>494</v>
+        <v>500</v>
       </c>
       <c r="B119" t="s">
         <v>9</v>
       </c>
       <c r="C119" t="s">
-        <v>76</v>
+        <v>501</v>
       </c>
       <c r="D119" t="s">
-        <v>490</v>
+        <v>94</v>
       </c>
       <c r="E119" t="s">
-        <v>491</v>
+        <v>95</v>
       </c>
       <c r="F119" t="s">
-        <v>495</v>
+        <v>305</v>
       </c>
       <c r="G119" s="1" t="s">
-        <v>496</v>
+        <v>502</v>
       </c>
       <c r="H119" t="s">
-        <v>497</v>
+        <v>503</v>
+      </c>
+    </row>
+    <row r="120" spans="1:8">
+      <c r="A120" t="s">
+        <v>504</v>
+      </c>
+      <c r="B120" t="s">
+        <v>9</v>
+      </c>
+      <c r="C120" t="s">
+        <v>505</v>
+      </c>
+      <c r="D120" t="s">
+        <v>94</v>
+      </c>
+      <c r="E120" t="s">
+        <v>95</v>
+      </c>
+      <c r="F120" t="s">
+        <v>124</v>
+      </c>
+      <c r="G120" s="1" t="s">
+        <v>506</v>
+      </c>
+      <c r="H120" t="s">
+        <v>507</v>
+      </c>
+    </row>
+    <row r="121" spans="1:8">
+      <c r="A121" t="s">
+        <v>508</v>
+      </c>
+      <c r="B121" t="s">
+        <v>9</v>
+      </c>
+      <c r="C121" t="s">
+        <v>509</v>
+      </c>
+      <c r="D121" t="s">
+        <v>94</v>
+      </c>
+      <c r="E121" t="s">
+        <v>95</v>
+      </c>
+      <c r="F121" t="s">
+        <v>143</v>
+      </c>
+      <c r="G121" s="1" t="s">
+        <v>510</v>
+      </c>
+      <c r="H121" t="s">
+        <v>511</v>
+      </c>
+    </row>
+    <row r="122" spans="1:8">
+      <c r="A122" t="s">
+        <v>512</v>
+      </c>
+      <c r="B122" t="s">
+        <v>9</v>
+      </c>
+      <c r="C122" t="s">
+        <v>513</v>
+      </c>
+      <c r="D122" t="s">
+        <v>94</v>
+      </c>
+      <c r="E122" t="s">
+        <v>95</v>
+      </c>
+      <c r="F122" t="s">
+        <v>143</v>
+      </c>
+      <c r="G122" s="1" t="s">
+        <v>514</v>
+      </c>
+      <c r="H122" t="s">
+        <v>515</v>
+      </c>
+    </row>
+    <row r="123" spans="1:8">
+      <c r="A123" t="s">
+        <v>516</v>
+      </c>
+      <c r="B123" t="s">
+        <v>9</v>
+      </c>
+      <c r="C123" t="s">
+        <v>517</v>
+      </c>
+      <c r="D123" t="s">
+        <v>94</v>
+      </c>
+      <c r="E123" t="s">
+        <v>95</v>
+      </c>
+      <c r="F123" t="s">
+        <v>96</v>
+      </c>
+      <c r="G123" s="1" t="s">
+        <v>518</v>
+      </c>
+      <c r="H123" t="s">
+        <v>519</v>
+      </c>
+    </row>
+    <row r="124" spans="1:8">
+      <c r="A124" t="s">
+        <v>520</v>
+      </c>
+      <c r="B124" t="s">
+        <v>9</v>
+      </c>
+      <c r="C124" t="s">
+        <v>521</v>
+      </c>
+      <c r="D124" t="s">
+        <v>94</v>
+      </c>
+      <c r="E124" t="s">
+        <v>95</v>
+      </c>
+      <c r="F124" t="s">
+        <v>96</v>
+      </c>
+      <c r="G124" s="1" t="s">
+        <v>522</v>
+      </c>
+      <c r="H124" t="s">
+        <v>523</v>
+      </c>
+    </row>
+    <row r="125" spans="1:8">
+      <c r="A125" t="s">
+        <v>524</v>
+      </c>
+      <c r="B125" t="s">
+        <v>9</v>
+      </c>
+      <c r="C125" t="s">
+        <v>525</v>
+      </c>
+      <c r="D125" t="s">
+        <v>94</v>
+      </c>
+      <c r="E125" t="s">
+        <v>95</v>
+      </c>
+      <c r="F125" t="s">
+        <v>143</v>
+      </c>
+      <c r="G125" s="1" t="s">
+        <v>526</v>
+      </c>
+      <c r="H125" t="s">
+        <v>527</v>
+      </c>
+    </row>
+    <row r="126" spans="1:8">
+      <c r="A126" t="s">
+        <v>528</v>
+      </c>
+      <c r="B126" t="s">
+        <v>9</v>
+      </c>
+      <c r="C126" t="s">
+        <v>529</v>
+      </c>
+      <c r="D126" t="s">
+        <v>94</v>
+      </c>
+      <c r="E126" t="s">
+        <v>95</v>
+      </c>
+      <c r="F126" t="s">
+        <v>194</v>
+      </c>
+      <c r="G126" s="1" t="s">
+        <v>530</v>
+      </c>
+      <c r="H126" t="s">
+        <v>531</v>
+      </c>
+    </row>
+    <row r="127" spans="1:8">
+      <c r="A127" t="s">
+        <v>532</v>
+      </c>
+      <c r="B127" t="s">
+        <v>9</v>
+      </c>
+      <c r="C127" t="s">
+        <v>533</v>
+      </c>
+      <c r="D127" t="s">
+        <v>94</v>
+      </c>
+      <c r="E127" t="s">
+        <v>95</v>
+      </c>
+      <c r="F127" t="s">
+        <v>534</v>
+      </c>
+      <c r="G127" s="1" t="s">
+        <v>535</v>
+      </c>
+      <c r="H127" t="s">
+        <v>536</v>
+      </c>
+    </row>
+    <row r="128" spans="1:8">
+      <c r="A128" t="s">
+        <v>537</v>
+      </c>
+      <c r="B128" t="s">
+        <v>9</v>
+      </c>
+      <c r="C128" t="s">
+        <v>538</v>
+      </c>
+      <c r="D128" t="s">
+        <v>94</v>
+      </c>
+      <c r="E128" t="s">
+        <v>95</v>
+      </c>
+      <c r="F128" t="s">
+        <v>143</v>
+      </c>
+      <c r="G128" s="1" t="s">
+        <v>539</v>
+      </c>
+      <c r="H128" t="s">
+        <v>540</v>
+      </c>
+    </row>
+    <row r="129" spans="1:8">
+      <c r="A129" t="s">
+        <v>541</v>
+      </c>
+      <c r="B129" t="s">
+        <v>9</v>
+      </c>
+      <c r="C129" t="s">
+        <v>542</v>
+      </c>
+      <c r="D129" t="s">
+        <v>94</v>
+      </c>
+      <c r="E129" t="s">
+        <v>95</v>
+      </c>
+      <c r="F129" t="s">
+        <v>143</v>
+      </c>
+      <c r="G129" s="1" t="s">
+        <v>543</v>
+      </c>
+      <c r="H129" t="s">
+        <v>544</v>
+      </c>
+    </row>
+    <row r="130" spans="1:8">
+      <c r="A130" t="s">
+        <v>545</v>
+      </c>
+      <c r="B130" t="s">
+        <v>9</v>
+      </c>
+      <c r="C130" t="s">
+        <v>546</v>
+      </c>
+      <c r="D130" t="s">
+        <v>94</v>
+      </c>
+      <c r="E130" t="s">
+        <v>95</v>
+      </c>
+      <c r="F130" t="s">
+        <v>143</v>
+      </c>
+      <c r="G130" s="1" t="s">
+        <v>547</v>
+      </c>
+      <c r="H130" t="s">
+        <v>548</v>
+      </c>
+    </row>
+    <row r="131" spans="1:8">
+      <c r="A131" t="s">
+        <v>549</v>
+      </c>
+      <c r="B131" t="s">
+        <v>9</v>
+      </c>
+      <c r="C131" t="s">
+        <v>550</v>
+      </c>
+      <c r="D131" t="s">
+        <v>94</v>
+      </c>
+      <c r="E131" t="s">
+        <v>95</v>
+      </c>
+      <c r="F131" t="s">
+        <v>124</v>
+      </c>
+      <c r="G131" s="1" t="s">
+        <v>551</v>
+      </c>
+      <c r="H131" t="s">
+        <v>552</v>
+      </c>
+    </row>
+    <row r="132" spans="1:8">
+      <c r="A132" t="s">
+        <v>553</v>
+      </c>
+      <c r="B132" t="s">
+        <v>9</v>
+      </c>
+      <c r="C132" t="s">
+        <v>554</v>
+      </c>
+      <c r="D132" t="s">
+        <v>94</v>
+      </c>
+      <c r="E132" t="s">
+        <v>95</v>
+      </c>
+      <c r="F132" t="s">
+        <v>555</v>
+      </c>
+      <c r="G132" s="1" t="s">
+        <v>556</v>
+      </c>
+      <c r="H132" t="s">
+        <v>557</v>
+      </c>
+    </row>
+    <row r="133" spans="1:8">
+      <c r="A133" t="s">
+        <v>558</v>
+      </c>
+      <c r="B133" t="s">
+        <v>9</v>
+      </c>
+      <c r="C133" t="s">
+        <v>559</v>
+      </c>
+      <c r="D133" t="s">
+        <v>94</v>
+      </c>
+      <c r="E133" t="s">
+        <v>95</v>
+      </c>
+      <c r="F133" t="s">
+        <v>96</v>
+      </c>
+      <c r="G133" s="1" t="s">
+        <v>560</v>
+      </c>
+      <c r="H133" t="s">
+        <v>561</v>
+      </c>
+    </row>
+    <row r="134" spans="1:8">
+      <c r="A134" t="s">
+        <v>562</v>
+      </c>
+      <c r="B134" t="s">
+        <v>9</v>
+      </c>
+      <c r="C134" t="s">
+        <v>563</v>
+      </c>
+      <c r="D134" t="s">
+        <v>94</v>
+      </c>
+      <c r="E134" t="s">
+        <v>95</v>
+      </c>
+      <c r="F134" t="s">
+        <v>194</v>
+      </c>
+      <c r="G134" s="1" t="s">
+        <v>564</v>
+      </c>
+      <c r="H134" t="s">
+        <v>565</v>
+      </c>
+    </row>
+    <row r="135" spans="1:8">
+      <c r="A135" t="s">
+        <v>566</v>
+      </c>
+      <c r="B135" t="s">
+        <v>9</v>
+      </c>
+      <c r="C135" t="s">
+        <v>567</v>
+      </c>
+      <c r="D135" t="s">
+        <v>94</v>
+      </c>
+      <c r="E135" t="s">
+        <v>95</v>
+      </c>
+      <c r="F135" t="s">
+        <v>194</v>
+      </c>
+      <c r="G135" s="1" t="s">
+        <v>568</v>
+      </c>
+      <c r="H135" t="s">
+        <v>569</v>
+      </c>
+    </row>
+    <row r="136" spans="1:8">
+      <c r="A136" t="s">
+        <v>570</v>
+      </c>
+      <c r="B136" t="s">
+        <v>9</v>
+      </c>
+      <c r="C136" t="s">
+        <v>571</v>
+      </c>
+      <c r="D136" t="s">
+        <v>94</v>
+      </c>
+      <c r="E136" t="s">
+        <v>95</v>
+      </c>
+      <c r="F136" t="s">
+        <v>96</v>
+      </c>
+      <c r="G136" s="1" t="s">
+        <v>572</v>
+      </c>
+      <c r="H136" t="s">
+        <v>573</v>
+      </c>
+    </row>
+    <row r="137" spans="1:8">
+      <c r="A137" t="s">
+        <v>574</v>
+      </c>
+      <c r="B137" t="s">
+        <v>9</v>
+      </c>
+      <c r="C137" t="s">
+        <v>575</v>
+      </c>
+      <c r="D137" t="s">
+        <v>94</v>
+      </c>
+      <c r="E137" t="s">
+        <v>95</v>
+      </c>
+      <c r="F137" t="s">
+        <v>96</v>
+      </c>
+      <c r="G137" s="1" t="s">
+        <v>576</v>
+      </c>
+      <c r="H137" t="s">
+        <v>577</v>
+      </c>
+    </row>
+    <row r="138" spans="1:8">
+      <c r="A138" t="s">
+        <v>578</v>
+      </c>
+      <c r="B138" t="s">
+        <v>9</v>
+      </c>
+      <c r="C138" t="s">
+        <v>579</v>
+      </c>
+      <c r="D138" t="s">
+        <v>94</v>
+      </c>
+      <c r="E138" t="s">
+        <v>95</v>
+      </c>
+      <c r="F138" t="s">
+        <v>96</v>
+      </c>
+      <c r="G138" s="1" t="s">
+        <v>580</v>
+      </c>
+      <c r="H138" t="s">
+        <v>581</v>
+      </c>
+    </row>
+    <row r="139" spans="1:8">
+      <c r="A139" t="s">
+        <v>582</v>
+      </c>
+      <c r="B139" t="s">
+        <v>9</v>
+      </c>
+      <c r="C139" t="s">
+        <v>583</v>
+      </c>
+      <c r="D139" t="s">
+        <v>94</v>
+      </c>
+      <c r="E139" t="s">
+        <v>95</v>
+      </c>
+      <c r="F139" t="s">
+        <v>143</v>
+      </c>
+      <c r="G139" s="1" t="s">
+        <v>584</v>
+      </c>
+      <c r="H139" t="s">
+        <v>585</v>
+      </c>
+    </row>
+    <row r="140" spans="1:8">
+      <c r="A140" t="s">
+        <v>586</v>
+      </c>
+      <c r="B140" t="s">
+        <v>9</v>
+      </c>
+      <c r="C140" t="s">
+        <v>587</v>
+      </c>
+      <c r="D140" t="s">
+        <v>94</v>
+      </c>
+      <c r="E140" t="s">
+        <v>95</v>
+      </c>
+      <c r="F140" t="s">
+        <v>143</v>
+      </c>
+      <c r="G140" s="1" t="s">
+        <v>588</v>
+      </c>
+      <c r="H140" t="s">
+        <v>589</v>
+      </c>
+    </row>
+    <row r="141" spans="1:8">
+      <c r="A141" t="s">
+        <v>590</v>
+      </c>
+      <c r="B141" t="s">
+        <v>9</v>
+      </c>
+      <c r="C141" t="s">
+        <v>591</v>
+      </c>
+      <c r="D141" t="s">
+        <v>94</v>
+      </c>
+      <c r="E141" t="s">
+        <v>95</v>
+      </c>
+      <c r="F141" t="s">
+        <v>305</v>
+      </c>
+      <c r="G141" s="1" t="s">
+        <v>592</v>
+      </c>
+      <c r="H141" t="s">
+        <v>593</v>
+      </c>
+    </row>
+    <row r="142" spans="1:8">
+      <c r="A142" t="s">
+        <v>594</v>
+      </c>
+      <c r="B142" t="s">
+        <v>9</v>
+      </c>
+      <c r="C142" t="s">
+        <v>595</v>
+      </c>
+      <c r="D142" t="s">
+        <v>94</v>
+      </c>
+      <c r="E142" t="s">
+        <v>95</v>
+      </c>
+      <c r="F142" t="s">
+        <v>124</v>
+      </c>
+      <c r="G142" s="1" t="s">
+        <v>596</v>
+      </c>
+      <c r="H142" t="s">
+        <v>597</v>
+      </c>
+    </row>
+    <row r="143" spans="1:8">
+      <c r="A143" t="s">
+        <v>598</v>
+      </c>
+      <c r="B143" t="s">
+        <v>9</v>
+      </c>
+      <c r="C143" t="s">
+        <v>599</v>
+      </c>
+      <c r="D143" t="s">
+        <v>94</v>
+      </c>
+      <c r="E143" t="s">
+        <v>95</v>
+      </c>
+      <c r="F143" t="s">
+        <v>124</v>
+      </c>
+      <c r="G143" s="1" t="s">
+        <v>600</v>
+      </c>
+      <c r="H143" t="s">
+        <v>601</v>
+      </c>
+    </row>
+    <row r="144" spans="1:8">
+      <c r="A144" t="s">
+        <v>602</v>
+      </c>
+      <c r="B144" t="s">
+        <v>9</v>
+      </c>
+      <c r="C144" t="s">
+        <v>603</v>
+      </c>
+      <c r="D144" t="s">
+        <v>94</v>
+      </c>
+      <c r="E144" t="s">
+        <v>95</v>
+      </c>
+      <c r="F144" t="s">
+        <v>124</v>
+      </c>
+      <c r="G144" s="1" t="s">
+        <v>604</v>
+      </c>
+      <c r="H144" t="s">
+        <v>605</v>
+      </c>
+    </row>
+    <row r="145" spans="1:8">
+      <c r="A145" t="s">
+        <v>606</v>
+      </c>
+      <c r="B145" t="s">
+        <v>9</v>
+      </c>
+      <c r="C145" t="s">
+        <v>607</v>
+      </c>
+      <c r="D145" t="s">
+        <v>94</v>
+      </c>
+      <c r="E145" t="s">
+        <v>95</v>
+      </c>
+      <c r="F145" t="s">
+        <v>134</v>
+      </c>
+      <c r="G145" s="1" t="s">
+        <v>608</v>
+      </c>
+      <c r="H145" t="s">
+        <v>609</v>
+      </c>
+    </row>
+    <row r="146" spans="1:8">
+      <c r="A146" t="s">
+        <v>610</v>
+      </c>
+      <c r="B146" t="s">
+        <v>9</v>
+      </c>
+      <c r="C146" t="s">
+        <v>611</v>
+      </c>
+      <c r="D146" t="s">
+        <v>94</v>
+      </c>
+      <c r="E146" t="s">
+        <v>95</v>
+      </c>
+      <c r="F146" t="s">
+        <v>255</v>
+      </c>
+      <c r="G146" s="1" t="s">
+        <v>612</v>
+      </c>
+      <c r="H146" t="s">
+        <v>613</v>
+      </c>
+    </row>
+    <row r="147" spans="1:8">
+      <c r="A147" t="s">
+        <v>614</v>
+      </c>
+      <c r="B147" t="s">
+        <v>9</v>
+      </c>
+      <c r="C147" t="s">
+        <v>615</v>
+      </c>
+      <c r="D147" t="s">
+        <v>94</v>
+      </c>
+      <c r="E147" t="s">
+        <v>95</v>
+      </c>
+      <c r="F147" t="s">
+        <v>255</v>
+      </c>
+      <c r="G147" s="1" t="s">
+        <v>616</v>
+      </c>
+      <c r="H147" t="s">
+        <v>617</v>
+      </c>
+    </row>
+    <row r="148" spans="1:8">
+      <c r="A148" t="s">
+        <v>618</v>
+      </c>
+      <c r="B148" t="s">
+        <v>9</v>
+      </c>
+      <c r="C148" t="s">
+        <v>619</v>
+      </c>
+      <c r="D148" t="s">
+        <v>94</v>
+      </c>
+      <c r="E148" t="s">
+        <v>95</v>
+      </c>
+      <c r="F148" t="s">
+        <v>255</v>
+      </c>
+      <c r="G148" s="1" t="s">
+        <v>620</v>
+      </c>
+      <c r="H148" t="s">
+        <v>621</v>
+      </c>
+    </row>
+    <row r="149" spans="1:8">
+      <c r="A149" t="s">
+        <v>622</v>
+      </c>
+      <c r="B149" t="s">
+        <v>9</v>
+      </c>
+      <c r="C149" t="s">
+        <v>623</v>
+      </c>
+      <c r="D149" t="s">
+        <v>94</v>
+      </c>
+      <c r="E149" t="s">
+        <v>95</v>
+      </c>
+      <c r="F149" t="s">
+        <v>143</v>
+      </c>
+      <c r="G149" s="1" t="s">
+        <v>624</v>
+      </c>
+      <c r="H149" t="s">
+        <v>625</v>
+      </c>
+    </row>
+    <row r="150" spans="1:8">
+      <c r="A150" t="s">
+        <v>626</v>
+      </c>
+      <c r="B150" t="s">
+        <v>9</v>
+      </c>
+      <c r="C150" t="s">
+        <v>627</v>
+      </c>
+      <c r="D150" t="s">
+        <v>94</v>
+      </c>
+      <c r="E150" t="s">
+        <v>95</v>
+      </c>
+      <c r="F150" t="s">
+        <v>143</v>
+      </c>
+      <c r="G150" s="1" t="s">
+        <v>628</v>
+      </c>
+      <c r="H150" t="s">
+        <v>629</v>
+      </c>
+    </row>
+    <row r="151" spans="1:8">
+      <c r="A151" t="s">
+        <v>630</v>
+      </c>
+      <c r="B151" t="s">
+        <v>9</v>
+      </c>
+      <c r="C151" t="s">
+        <v>631</v>
+      </c>
+      <c r="D151" t="s">
+        <v>94</v>
+      </c>
+      <c r="E151" t="s">
+        <v>95</v>
+      </c>
+      <c r="F151" t="s">
+        <v>124</v>
+      </c>
+      <c r="G151" s="1" t="s">
+        <v>632</v>
+      </c>
+      <c r="H151" t="s">
+        <v>633</v>
+      </c>
+    </row>
+    <row r="152" spans="1:8">
+      <c r="A152" t="s">
+        <v>634</v>
+      </c>
+      <c r="B152" t="s">
+        <v>9</v>
+      </c>
+      <c r="C152" t="s">
+        <v>635</v>
+      </c>
+      <c r="D152" t="s">
+        <v>94</v>
+      </c>
+      <c r="E152" t="s">
+        <v>95</v>
+      </c>
+      <c r="F152" t="s">
+        <v>143</v>
+      </c>
+      <c r="G152" s="1" t="s">
+        <v>636</v>
+      </c>
+      <c r="H152" t="s">
+        <v>637</v>
+      </c>
+    </row>
+    <row r="153" spans="1:8">
+      <c r="A153" t="s">
+        <v>638</v>
+      </c>
+      <c r="B153" t="s">
+        <v>9</v>
+      </c>
+      <c r="C153" t="s">
+        <v>639</v>
+      </c>
+      <c r="D153" t="s">
+        <v>94</v>
+      </c>
+      <c r="E153" t="s">
+        <v>95</v>
+      </c>
+      <c r="F153" t="s">
+        <v>143</v>
+      </c>
+      <c r="G153" s="1" t="s">
+        <v>640</v>
+      </c>
+      <c r="H153" t="s">
+        <v>641</v>
+      </c>
+    </row>
+    <row r="154" spans="1:8">
+      <c r="A154" t="s">
+        <v>642</v>
+      </c>
+      <c r="B154" t="s">
+        <v>9</v>
+      </c>
+      <c r="C154" t="s">
+        <v>643</v>
+      </c>
+      <c r="D154" t="s">
+        <v>94</v>
+      </c>
+      <c r="E154" t="s">
+        <v>95</v>
+      </c>
+      <c r="F154" t="s">
+        <v>124</v>
+      </c>
+      <c r="G154" s="1" t="s">
+        <v>644</v>
+      </c>
+      <c r="H154" t="s">
+        <v>645</v>
+      </c>
+    </row>
+    <row r="155" spans="1:8">
+      <c r="A155" t="s">
+        <v>646</v>
+      </c>
+      <c r="B155" t="s">
+        <v>9</v>
+      </c>
+      <c r="C155" t="s">
+        <v>647</v>
+      </c>
+      <c r="D155" t="s">
+        <v>94</v>
+      </c>
+      <c r="E155" t="s">
+        <v>95</v>
+      </c>
+      <c r="F155" t="s">
+        <v>134</v>
+      </c>
+      <c r="G155" s="1" t="s">
+        <v>648</v>
+      </c>
+      <c r="H155" t="s">
+        <v>649</v>
+      </c>
+    </row>
+    <row r="156" spans="1:8">
+      <c r="A156" t="s">
+        <v>650</v>
+      </c>
+      <c r="B156" t="s">
+        <v>9</v>
+      </c>
+      <c r="C156" t="s">
+        <v>651</v>
+      </c>
+      <c r="D156" t="s">
+        <v>94</v>
+      </c>
+      <c r="E156" t="s">
+        <v>95</v>
+      </c>
+      <c r="F156" t="s">
+        <v>134</v>
+      </c>
+      <c r="G156" s="1" t="s">
+        <v>652</v>
+      </c>
+      <c r="H156" t="s">
+        <v>653</v>
+      </c>
+    </row>
+    <row r="157" spans="1:8">
+      <c r="A157" t="s">
+        <v>654</v>
+      </c>
+      <c r="B157" t="s">
+        <v>9</v>
+      </c>
+      <c r="C157" t="s">
+        <v>655</v>
+      </c>
+      <c r="D157" t="s">
+        <v>94</v>
+      </c>
+      <c r="E157" t="s">
+        <v>95</v>
+      </c>
+      <c r="F157" t="s">
+        <v>124</v>
+      </c>
+      <c r="G157" s="1" t="s">
+        <v>656</v>
+      </c>
+      <c r="H157" t="s">
+        <v>657</v>
+      </c>
+    </row>
+    <row r="158" spans="1:8">
+      <c r="A158" t="s">
+        <v>658</v>
+      </c>
+      <c r="B158" t="s">
+        <v>9</v>
+      </c>
+      <c r="C158" t="s">
+        <v>659</v>
+      </c>
+      <c r="D158" t="s">
+        <v>94</v>
+      </c>
+      <c r="E158" t="s">
+        <v>95</v>
+      </c>
+      <c r="F158" t="s">
+        <v>660</v>
+      </c>
+      <c r="G158" s="1" t="s">
+        <v>661</v>
+      </c>
+      <c r="H158" t="s">
+        <v>662</v>
+      </c>
+    </row>
+    <row r="159" spans="1:8">
+      <c r="A159" t="s">
+        <v>663</v>
+      </c>
+      <c r="B159" t="s">
+        <v>9</v>
+      </c>
+      <c r="C159" t="s">
+        <v>664</v>
+      </c>
+      <c r="D159" t="s">
+        <v>94</v>
+      </c>
+      <c r="E159" t="s">
+        <v>95</v>
+      </c>
+      <c r="F159" t="s">
+        <v>124</v>
+      </c>
+      <c r="G159" s="1" t="s">
+        <v>665</v>
+      </c>
+      <c r="H159" t="s">
+        <v>666</v>
+      </c>
+    </row>
+    <row r="160" spans="1:8">
+      <c r="A160" t="s">
+        <v>667</v>
+      </c>
+      <c r="B160" t="s">
+        <v>9</v>
+      </c>
+      <c r="C160" t="s">
+        <v>668</v>
+      </c>
+      <c r="D160" t="s">
+        <v>94</v>
+      </c>
+      <c r="E160" t="s">
+        <v>95</v>
+      </c>
+      <c r="F160" t="s">
+        <v>134</v>
+      </c>
+      <c r="G160" s="1" t="s">
+        <v>669</v>
+      </c>
+      <c r="H160" t="s">
+        <v>670</v>
+      </c>
+    </row>
+    <row r="161" spans="1:8">
+      <c r="A161" t="s">
+        <v>671</v>
+      </c>
+      <c r="B161" t="s">
+        <v>9</v>
+      </c>
+      <c r="C161" t="s">
+        <v>672</v>
+      </c>
+      <c r="D161" t="s">
+        <v>94</v>
+      </c>
+      <c r="E161" t="s">
+        <v>95</v>
+      </c>
+      <c r="F161" t="s">
+        <v>134</v>
+      </c>
+      <c r="G161" s="1" t="s">
+        <v>673</v>
+      </c>
+      <c r="H161" t="s">
+        <v>674</v>
+      </c>
+    </row>
+    <row r="162" spans="1:8">
+      <c r="A162" t="s">
+        <v>675</v>
+      </c>
+      <c r="B162" t="s">
+        <v>9</v>
+      </c>
+      <c r="C162" t="s">
+        <v>676</v>
+      </c>
+      <c r="D162" t="s">
+        <v>94</v>
+      </c>
+      <c r="E162" t="s">
+        <v>95</v>
+      </c>
+      <c r="F162" t="s">
+        <v>124</v>
+      </c>
+      <c r="G162" s="1" t="s">
+        <v>677</v>
+      </c>
+      <c r="H162" t="s">
+        <v>678</v>
+      </c>
+    </row>
+    <row r="163" spans="1:8">
+      <c r="A163" t="s">
+        <v>679</v>
+      </c>
+      <c r="B163" t="s">
+        <v>9</v>
+      </c>
+      <c r="C163" t="s">
+        <v>680</v>
+      </c>
+      <c r="D163" t="s">
+        <v>94</v>
+      </c>
+      <c r="E163" t="s">
+        <v>95</v>
+      </c>
+      <c r="F163" t="s">
+        <v>124</v>
+      </c>
+      <c r="G163" s="1" t="s">
+        <v>681</v>
+      </c>
+      <c r="H163" t="s">
+        <v>682</v>
+      </c>
+    </row>
+    <row r="164" spans="1:8">
+      <c r="A164" t="s">
+        <v>683</v>
+      </c>
+      <c r="B164" t="s">
+        <v>9</v>
+      </c>
+      <c r="C164" t="s">
+        <v>684</v>
+      </c>
+      <c r="D164" t="s">
+        <v>94</v>
+      </c>
+      <c r="E164" t="s">
+        <v>95</v>
+      </c>
+      <c r="F164" t="s">
+        <v>143</v>
+      </c>
+      <c r="G164" s="1" t="s">
+        <v>685</v>
+      </c>
+      <c r="H164" t="s">
+        <v>686</v>
+      </c>
+    </row>
+    <row r="165" spans="1:8">
+      <c r="A165" t="s">
+        <v>687</v>
+      </c>
+      <c r="B165" t="s">
+        <v>9</v>
+      </c>
+      <c r="C165" t="s">
+        <v>688</v>
+      </c>
+      <c r="D165" t="s">
+        <v>94</v>
+      </c>
+      <c r="E165" t="s">
+        <v>95</v>
+      </c>
+      <c r="F165" t="s">
+        <v>96</v>
+      </c>
+      <c r="G165" s="1" t="s">
+        <v>689</v>
+      </c>
+      <c r="H165" t="s">
+        <v>690</v>
+      </c>
+    </row>
+    <row r="166" spans="1:8">
+      <c r="A166" t="s">
+        <v>691</v>
+      </c>
+      <c r="B166" t="s">
+        <v>9</v>
+      </c>
+      <c r="C166" t="s">
+        <v>692</v>
+      </c>
+      <c r="D166" t="s">
+        <v>94</v>
+      </c>
+      <c r="E166" t="s">
+        <v>95</v>
+      </c>
+      <c r="F166" t="s">
+        <v>255</v>
+      </c>
+      <c r="G166" s="1" t="s">
+        <v>693</v>
+      </c>
+      <c r="H166" t="s">
+        <v>694</v>
+      </c>
+    </row>
+    <row r="167" spans="1:8">
+      <c r="A167" t="s">
+        <v>695</v>
+      </c>
+      <c r="B167" t="s">
+        <v>9</v>
+      </c>
+      <c r="C167" t="s">
+        <v>696</v>
+      </c>
+      <c r="D167" t="s">
+        <v>94</v>
+      </c>
+      <c r="E167" t="s">
+        <v>95</v>
+      </c>
+      <c r="F167" t="s">
+        <v>168</v>
+      </c>
+      <c r="G167" s="1" t="s">
+        <v>697</v>
+      </c>
+      <c r="H167" t="s">
+        <v>698</v>
+      </c>
+    </row>
+    <row r="168" spans="1:8">
+      <c r="A168" t="s">
+        <v>699</v>
+      </c>
+      <c r="B168" t="s">
+        <v>9</v>
+      </c>
+      <c r="C168" t="s">
+        <v>700</v>
+      </c>
+      <c r="D168" t="s">
+        <v>94</v>
+      </c>
+      <c r="E168" t="s">
+        <v>95</v>
+      </c>
+      <c r="F168" t="s">
+        <v>143</v>
+      </c>
+      <c r="G168" s="1" t="s">
+        <v>701</v>
+      </c>
+      <c r="H168" t="s">
+        <v>702</v>
+      </c>
+    </row>
+    <row r="169" spans="1:8">
+      <c r="A169" t="s">
+        <v>703</v>
+      </c>
+      <c r="B169" t="s">
+        <v>9</v>
+      </c>
+      <c r="C169" t="s">
+        <v>704</v>
+      </c>
+      <c r="D169" t="s">
+        <v>94</v>
+      </c>
+      <c r="E169" t="s">
+        <v>95</v>
+      </c>
+      <c r="F169" t="s">
+        <v>143</v>
+      </c>
+      <c r="G169" s="1" t="s">
+        <v>705</v>
+      </c>
+      <c r="H169" t="s">
+        <v>706</v>
+      </c>
+    </row>
+    <row r="170" spans="1:8">
+      <c r="A170" t="s">
+        <v>707</v>
+      </c>
+      <c r="B170" t="s">
+        <v>9</v>
+      </c>
+      <c r="C170" t="s">
+        <v>708</v>
+      </c>
+      <c r="D170" t="s">
+        <v>94</v>
+      </c>
+      <c r="E170" t="s">
+        <v>95</v>
+      </c>
+      <c r="F170" t="s">
+        <v>194</v>
+      </c>
+      <c r="G170" s="1" t="s">
+        <v>709</v>
+      </c>
+      <c r="H170" t="s">
+        <v>710</v>
+      </c>
+    </row>
+    <row r="171" spans="1:8">
+      <c r="A171" t="s">
+        <v>711</v>
+      </c>
+      <c r="B171" t="s">
+        <v>9</v>
+      </c>
+      <c r="C171" t="s">
+        <v>712</v>
+      </c>
+      <c r="D171" t="s">
+        <v>94</v>
+      </c>
+      <c r="E171" t="s">
+        <v>95</v>
+      </c>
+      <c r="F171" t="s">
+        <v>194</v>
+      </c>
+      <c r="G171" s="1" t="s">
+        <v>713</v>
+      </c>
+      <c r="H171" t="s">
+        <v>714</v>
+      </c>
+    </row>
+    <row r="172" spans="1:8">
+      <c r="A172" t="s">
+        <v>715</v>
+      </c>
+      <c r="B172" t="s">
+        <v>9</v>
+      </c>
+      <c r="C172" t="s">
+        <v>716</v>
+      </c>
+      <c r="D172" t="s">
+        <v>94</v>
+      </c>
+      <c r="E172" t="s">
+        <v>95</v>
+      </c>
+      <c r="F172" t="s">
+        <v>168</v>
+      </c>
+      <c r="G172" s="1" t="s">
+        <v>717</v>
+      </c>
+      <c r="H172" t="s">
+        <v>718</v>
+      </c>
+    </row>
+    <row r="173" spans="1:8">
+      <c r="A173" t="s">
+        <v>719</v>
+      </c>
+      <c r="B173" t="s">
+        <v>9</v>
+      </c>
+      <c r="C173" t="s">
+        <v>720</v>
+      </c>
+      <c r="D173" t="s">
+        <v>94</v>
+      </c>
+      <c r="E173" t="s">
+        <v>95</v>
+      </c>
+      <c r="F173" t="s">
+        <v>168</v>
+      </c>
+      <c r="G173" s="1" t="s">
+        <v>721</v>
+      </c>
+      <c r="H173" t="s">
+        <v>722</v>
+      </c>
+    </row>
+    <row r="174" spans="1:8">
+      <c r="A174" t="s">
+        <v>723</v>
+      </c>
+      <c r="B174" t="s">
+        <v>9</v>
+      </c>
+      <c r="C174" t="s">
+        <v>724</v>
+      </c>
+      <c r="D174" t="s">
+        <v>94</v>
+      </c>
+      <c r="E174" t="s">
+        <v>95</v>
+      </c>
+      <c r="F174" t="s">
+        <v>305</v>
+      </c>
+      <c r="G174" s="1" t="s">
+        <v>725</v>
+      </c>
+      <c r="H174" t="s">
+        <v>726</v>
+      </c>
+    </row>
+    <row r="175" spans="1:8">
+      <c r="A175" t="s">
+        <v>727</v>
+      </c>
+      <c r="B175" t="s">
+        <v>9</v>
+      </c>
+      <c r="C175" t="s">
+        <v>88</v>
+      </c>
+      <c r="D175" t="s">
+        <v>728</v>
+      </c>
+      <c r="E175" t="s">
+        <v>729</v>
+      </c>
+      <c r="F175" t="s">
+        <v>730</v>
+      </c>
+      <c r="G175" s="1" t="s">
+        <v>731</v>
+      </c>
+      <c r="H175" t="s">
+        <v>732</v>
+      </c>
+    </row>
+    <row r="176" spans="1:8">
+      <c r="A176" t="s">
+        <v>733</v>
+      </c>
+      <c r="B176" t="s">
+        <v>9</v>
+      </c>
+      <c r="C176" t="s">
+        <v>100</v>
+      </c>
+      <c r="D176" t="s">
+        <v>728</v>
+      </c>
+      <c r="E176" t="s">
+        <v>729</v>
+      </c>
+      <c r="F176" t="s">
+        <v>730</v>
+      </c>
+      <c r="G176" s="1" t="s">
+        <v>734</v>
+      </c>
+      <c r="H176" t="s">
+        <v>735</v>
+      </c>
+    </row>
+    <row r="177" spans="1:8">
+      <c r="A177" t="s">
+        <v>736</v>
+      </c>
+      <c r="B177" t="s">
+        <v>9</v>
+      </c>
+      <c r="C177" t="s">
+        <v>104</v>
+      </c>
+      <c r="D177" t="s">
+        <v>728</v>
+      </c>
+      <c r="E177" t="s">
+        <v>729</v>
+      </c>
+      <c r="F177" t="s">
+        <v>737</v>
+      </c>
+      <c r="G177" s="1" t="s">
+        <v>738</v>
+      </c>
+      <c r="H177" t="s">
+        <v>739</v>
+      </c>
+    </row>
+    <row r="178" spans="1:8">
+      <c r="A178" t="s">
+        <v>740</v>
+      </c>
+      <c r="B178" t="s">
+        <v>9</v>
+      </c>
+      <c r="C178" t="s">
+        <v>108</v>
+      </c>
+      <c r="D178" t="s">
+        <v>728</v>
+      </c>
+      <c r="E178" t="s">
+        <v>729</v>
+      </c>
+      <c r="F178" t="s">
+        <v>737</v>
+      </c>
+      <c r="G178" s="1" t="s">
+        <v>741</v>
+      </c>
+      <c r="H178" t="s">
+        <v>742</v>
+      </c>
+    </row>
+    <row r="179" spans="1:8">
+      <c r="A179" t="s">
+        <v>743</v>
+      </c>
+      <c r="B179" t="s">
+        <v>9</v>
+      </c>
+      <c r="C179" t="s">
+        <v>81</v>
+      </c>
+      <c r="D179" t="s">
+        <v>728</v>
+      </c>
+      <c r="E179" t="s">
+        <v>729</v>
+      </c>
+      <c r="F179" t="s">
+        <v>737</v>
+      </c>
+      <c r="G179" s="1" t="s">
+        <v>744</v>
+      </c>
+      <c r="H179" t="s">
+        <v>745</v>
+      </c>
+    </row>
+    <row r="180" spans="1:8">
+      <c r="A180" t="s">
+        <v>746</v>
+      </c>
+      <c r="B180" t="s">
+        <v>9</v>
+      </c>
+      <c r="C180" t="s">
+        <v>115</v>
+      </c>
+      <c r="D180" t="s">
+        <v>728</v>
+      </c>
+      <c r="E180" t="s">
+        <v>729</v>
+      </c>
+      <c r="F180" t="s">
+        <v>737</v>
+      </c>
+      <c r="G180" s="1" t="s">
+        <v>747</v>
+      </c>
+      <c r="H180" t="s">
+        <v>748</v>
+      </c>
+    </row>
+    <row r="181" spans="1:8">
+      <c r="A181" t="s">
+        <v>749</v>
+      </c>
+      <c r="B181" t="s">
+        <v>9</v>
+      </c>
+      <c r="C181" t="s">
+        <v>119</v>
+      </c>
+      <c r="D181" t="s">
+        <v>728</v>
+      </c>
+      <c r="E181" t="s">
+        <v>729</v>
+      </c>
+      <c r="F181" t="s">
+        <v>737</v>
+      </c>
+      <c r="G181" s="1" t="s">
+        <v>750</v>
+      </c>
+      <c r="H181" t="s">
+        <v>751</v>
+      </c>
+    </row>
+    <row r="182" spans="1:8">
+      <c r="A182" t="s">
+        <v>752</v>
+      </c>
+      <c r="B182" t="s">
+        <v>9</v>
+      </c>
+      <c r="C182" t="s">
+        <v>123</v>
+      </c>
+      <c r="D182" t="s">
+        <v>728</v>
+      </c>
+      <c r="E182" t="s">
+        <v>729</v>
+      </c>
+      <c r="F182" t="s">
+        <v>730</v>
+      </c>
+      <c r="G182" s="1" t="s">
+        <v>753</v>
+      </c>
+      <c r="H182" t="s">
+        <v>754</v>
+      </c>
+    </row>
+    <row r="183" spans="1:8">
+      <c r="A183" t="s">
+        <v>755</v>
+      </c>
+      <c r="B183" t="s">
+        <v>9</v>
+      </c>
+      <c r="C183" t="s">
+        <v>128</v>
+      </c>
+      <c r="D183" t="s">
+        <v>728</v>
+      </c>
+      <c r="E183" t="s">
+        <v>729</v>
+      </c>
+      <c r="F183" t="s">
+        <v>756</v>
+      </c>
+      <c r="G183" s="1" t="s">
+        <v>757</v>
+      </c>
+      <c r="H183" t="s">
+        <v>758</v>
+      </c>
+    </row>
+    <row r="184" spans="1:8">
+      <c r="A184" t="s">
+        <v>759</v>
+      </c>
+      <c r="B184" t="s">
+        <v>9</v>
+      </c>
+      <c r="C184" t="s">
+        <v>133</v>
+      </c>
+      <c r="D184" t="s">
+        <v>728</v>
+      </c>
+      <c r="E184" t="s">
+        <v>729</v>
+      </c>
+      <c r="F184" t="s">
+        <v>730</v>
+      </c>
+      <c r="G184" s="1" t="s">
+        <v>760</v>
+      </c>
+      <c r="H184" t="s">
+        <v>761</v>
+      </c>
+    </row>
+    <row r="185" spans="1:8">
+      <c r="A185" t="s">
+        <v>762</v>
+      </c>
+      <c r="B185" t="s">
+        <v>9</v>
+      </c>
+      <c r="C185" t="s">
+        <v>138</v>
+      </c>
+      <c r="D185" t="s">
+        <v>728</v>
+      </c>
+      <c r="E185" t="s">
+        <v>729</v>
+      </c>
+      <c r="F185" t="s">
+        <v>730</v>
+      </c>
+      <c r="G185" s="1" t="s">
+        <v>763</v>
+      </c>
+      <c r="H185" t="s">
+        <v>764</v>
+      </c>
+    </row>
+    <row r="186" spans="1:8">
+      <c r="A186" t="s">
+        <v>765</v>
+      </c>
+      <c r="B186" t="s">
+        <v>9</v>
+      </c>
+      <c r="C186" t="s">
+        <v>142</v>
+      </c>
+      <c r="D186" t="s">
+        <v>728</v>
+      </c>
+      <c r="E186" t="s">
+        <v>729</v>
+      </c>
+      <c r="F186" t="s">
+        <v>730</v>
+      </c>
+      <c r="G186" s="1" t="s">
+        <v>766</v>
+      </c>
+      <c r="H186" t="s">
+        <v>767</v>
+      </c>
+    </row>
+    <row r="187" spans="1:8">
+      <c r="A187" t="s">
+        <v>768</v>
+      </c>
+      <c r="B187" t="s">
+        <v>9</v>
+      </c>
+      <c r="C187" t="s">
+        <v>147</v>
+      </c>
+      <c r="D187" t="s">
+        <v>728</v>
+      </c>
+      <c r="E187" t="s">
+        <v>729</v>
+      </c>
+      <c r="F187" t="s">
+        <v>730</v>
+      </c>
+      <c r="G187" s="1" t="s">
+        <v>769</v>
+      </c>
+      <c r="H187" t="s">
+        <v>770</v>
+      </c>
+    </row>
+    <row r="188" spans="1:8">
+      <c r="A188" t="s">
+        <v>771</v>
+      </c>
+      <c r="B188" t="s">
+        <v>9</v>
+      </c>
+      <c r="C188" t="s">
+        <v>151</v>
+      </c>
+      <c r="D188" t="s">
+        <v>728</v>
+      </c>
+      <c r="E188" t="s">
+        <v>729</v>
+      </c>
+      <c r="F188" t="s">
+        <v>730</v>
+      </c>
+      <c r="G188" s="1" t="s">
+        <v>772</v>
+      </c>
+      <c r="H188" t="s">
+        <v>773</v>
+      </c>
+    </row>
+    <row r="189" spans="1:8">
+      <c r="A189" t="s">
+        <v>774</v>
+      </c>
+      <c r="B189" t="s">
+        <v>9</v>
+      </c>
+      <c r="C189" t="s">
+        <v>155</v>
+      </c>
+      <c r="D189" t="s">
+        <v>728</v>
+      </c>
+      <c r="E189" t="s">
+        <v>729</v>
+      </c>
+      <c r="F189" t="s">
+        <v>737</v>
+      </c>
+      <c r="G189" s="1" t="s">
+        <v>775</v>
+      </c>
+      <c r="H189" t="s">
+        <v>776</v>
+      </c>
+    </row>
+    <row r="190" spans="1:8">
+      <c r="A190" t="s">
+        <v>777</v>
+      </c>
+      <c r="B190" t="s">
+        <v>9</v>
+      </c>
+      <c r="C190" t="s">
+        <v>159</v>
+      </c>
+      <c r="D190" t="s">
+        <v>728</v>
+      </c>
+      <c r="E190" t="s">
+        <v>729</v>
+      </c>
+      <c r="F190" t="s">
+        <v>730</v>
+      </c>
+      <c r="G190" s="1" t="s">
+        <v>778</v>
+      </c>
+      <c r="H190" t="s">
+        <v>779</v>
+      </c>
+    </row>
+    <row r="191" spans="1:8">
+      <c r="A191" t="s">
+        <v>780</v>
+      </c>
+      <c r="B191" t="s">
+        <v>9</v>
+      </c>
+      <c r="C191" t="s">
+        <v>163</v>
+      </c>
+      <c r="D191" t="s">
+        <v>728</v>
+      </c>
+      <c r="E191" t="s">
+        <v>729</v>
+      </c>
+      <c r="G191" s="1" t="s">
+        <v>781</v>
+      </c>
+      <c r="H191" t="s">
+        <v>782</v>
+      </c>
+    </row>
+    <row r="192" spans="1:8">
+      <c r="A192" t="s">
+        <v>783</v>
+      </c>
+      <c r="B192" t="s">
+        <v>9</v>
+      </c>
+      <c r="C192" t="s">
+        <v>167</v>
+      </c>
+      <c r="D192" t="s">
+        <v>728</v>
+      </c>
+      <c r="E192" t="s">
+        <v>729</v>
+      </c>
+      <c r="G192" s="1" t="s">
+        <v>784</v>
+      </c>
+      <c r="H192" t="s">
+        <v>785</v>
+      </c>
+    </row>
+    <row r="193" spans="1:8">
+      <c r="A193" t="s">
+        <v>786</v>
+      </c>
+      <c r="B193" t="s">
+        <v>9</v>
+      </c>
+      <c r="C193" t="s">
+        <v>172</v>
+      </c>
+      <c r="D193" t="s">
+        <v>728</v>
+      </c>
+      <c r="E193" t="s">
+        <v>729</v>
+      </c>
+      <c r="F193" t="s">
+        <v>194</v>
+      </c>
+      <c r="G193" s="1" t="s">
+        <v>787</v>
+      </c>
+      <c r="H193" t="s">
+        <v>788</v>
+      </c>
+    </row>
+    <row r="194" spans="1:8">
+      <c r="A194" t="s">
+        <v>789</v>
+      </c>
+      <c r="B194" t="s">
+        <v>9</v>
+      </c>
+      <c r="C194" t="s">
+        <v>176</v>
+      </c>
+      <c r="D194" t="s">
+        <v>728</v>
+      </c>
+      <c r="E194" t="s">
+        <v>729</v>
+      </c>
+      <c r="F194" t="s">
+        <v>730</v>
+      </c>
+      <c r="G194" s="1" t="s">
+        <v>790</v>
+      </c>
+      <c r="H194" t="s">
+        <v>791</v>
+      </c>
+    </row>
+    <row r="195" spans="1:8">
+      <c r="A195" t="s">
+        <v>792</v>
+      </c>
+      <c r="B195" t="s">
+        <v>9</v>
+      </c>
+      <c r="C195" t="s">
+        <v>180</v>
+      </c>
+      <c r="D195" t="s">
+        <v>728</v>
+      </c>
+      <c r="E195" t="s">
+        <v>729</v>
+      </c>
+      <c r="F195" t="s">
+        <v>730</v>
+      </c>
+      <c r="G195" s="1" t="s">
+        <v>793</v>
+      </c>
+      <c r="H195" t="s">
+        <v>794</v>
+      </c>
+    </row>
+    <row r="196" spans="1:8">
+      <c r="A196" t="s">
+        <v>795</v>
+      </c>
+      <c r="B196" t="s">
+        <v>9</v>
+      </c>
+      <c r="C196" t="s">
+        <v>184</v>
+      </c>
+      <c r="D196" t="s">
+        <v>728</v>
+      </c>
+      <c r="E196" t="s">
+        <v>729</v>
+      </c>
+      <c r="G196" s="1" t="s">
+        <v>796</v>
+      </c>
+      <c r="H196" t="s">
+        <v>797</v>
+      </c>
+    </row>
+    <row r="197" spans="1:8">
+      <c r="A197" t="s">
+        <v>798</v>
+      </c>
+      <c r="B197" t="s">
+        <v>9</v>
+      </c>
+      <c r="C197" t="s">
+        <v>188</v>
+      </c>
+      <c r="D197" t="s">
+        <v>728</v>
+      </c>
+      <c r="E197" t="s">
+        <v>729</v>
+      </c>
+      <c r="F197" t="s">
+        <v>730</v>
+      </c>
+      <c r="G197" s="1" t="s">
+        <v>799</v>
+      </c>
+      <c r="H197" t="s">
+        <v>800</v>
+      </c>
+    </row>
+    <row r="198" spans="1:8">
+      <c r="A198" t="s">
+        <v>801</v>
+      </c>
+      <c r="B198" t="s">
+        <v>9</v>
+      </c>
+      <c r="C198" t="s">
+        <v>88</v>
+      </c>
+      <c r="D198" t="s">
+        <v>802</v>
+      </c>
+      <c r="E198" t="s">
+        <v>803</v>
+      </c>
+      <c r="F198" t="s">
+        <v>129</v>
+      </c>
+      <c r="G198" s="1" t="s">
+        <v>804</v>
+      </c>
+      <c r="H198" t="s">
+        <v>805</v>
+      </c>
+    </row>
+    <row r="199" spans="1:8">
+      <c r="A199" t="s">
+        <v>806</v>
+      </c>
+      <c r="B199" t="s">
+        <v>9</v>
+      </c>
+      <c r="C199" t="s">
+        <v>100</v>
+      </c>
+      <c r="D199" t="s">
+        <v>802</v>
+      </c>
+      <c r="E199" t="s">
+        <v>803</v>
+      </c>
+      <c r="F199" t="s">
+        <v>453</v>
+      </c>
+      <c r="G199" s="1" t="s">
+        <v>807</v>
+      </c>
+      <c r="H199" t="s">
+        <v>808</v>
+      </c>
+    </row>
+    <row r="200" spans="1:8">
+      <c r="A200" t="s">
+        <v>809</v>
+      </c>
+      <c r="B200" t="s">
+        <v>9</v>
+      </c>
+      <c r="C200" t="s">
+        <v>123</v>
+      </c>
+      <c r="D200" t="s">
+        <v>802</v>
+      </c>
+      <c r="E200" t="s">
+        <v>803</v>
+      </c>
+      <c r="F200" t="s">
+        <v>134</v>
+      </c>
+      <c r="G200" s="1" t="s">
+        <v>810</v>
+      </c>
+      <c r="H200" t="s">
+        <v>811</v>
+      </c>
+    </row>
+    <row r="201" spans="1:8">
+      <c r="A201" t="s">
+        <v>812</v>
+      </c>
+      <c r="B201" t="s">
+        <v>9</v>
+      </c>
+      <c r="C201" t="s">
+        <v>128</v>
+      </c>
+      <c r="D201" t="s">
+        <v>802</v>
+      </c>
+      <c r="E201" t="s">
+        <v>803</v>
+      </c>
+      <c r="F201" t="s">
+        <v>143</v>
+      </c>
+      <c r="G201" s="1" t="s">
+        <v>813</v>
+      </c>
+      <c r="H201" t="s">
+        <v>814</v>
+      </c>
+    </row>
+    <row r="202" spans="1:8">
+      <c r="A202" t="s">
+        <v>815</v>
+      </c>
+      <c r="B202" t="s">
+        <v>9</v>
+      </c>
+      <c r="C202" t="s">
+        <v>133</v>
+      </c>
+      <c r="D202" t="s">
+        <v>802</v>
+      </c>
+      <c r="E202" t="s">
+        <v>803</v>
+      </c>
+      <c r="F202" t="s">
+        <v>124</v>
+      </c>
+      <c r="G202" s="1" t="s">
+        <v>816</v>
+      </c>
+      <c r="H202" t="s">
+        <v>817</v>
+      </c>
+    </row>
+    <row r="203" spans="1:8">
+      <c r="A203" t="s">
+        <v>818</v>
+      </c>
+      <c r="B203" t="s">
+        <v>9</v>
+      </c>
+      <c r="C203" t="s">
+        <v>138</v>
+      </c>
+      <c r="D203" t="s">
+        <v>802</v>
+      </c>
+      <c r="E203" t="s">
+        <v>803</v>
+      </c>
+      <c r="F203" t="s">
+        <v>194</v>
+      </c>
+      <c r="G203" s="1" t="s">
+        <v>819</v>
+      </c>
+      <c r="H203" t="s">
+        <v>820</v>
+      </c>
+    </row>
+    <row r="204" spans="1:8">
+      <c r="A204" t="s">
+        <v>821</v>
+      </c>
+      <c r="B204" t="s">
+        <v>9</v>
+      </c>
+      <c r="C204" t="s">
+        <v>88</v>
+      </c>
+      <c r="D204" t="s">
+        <v>822</v>
+      </c>
+      <c r="E204" t="s">
+        <v>823</v>
+      </c>
+      <c r="F204" t="s">
+        <v>168</v>
+      </c>
+      <c r="G204" s="1" t="s">
+        <v>824</v>
+      </c>
+      <c r="H204" t="s">
+        <v>825</v>
+      </c>
+    </row>
+    <row r="205" spans="1:8">
+      <c r="A205" t="s">
+        <v>826</v>
+      </c>
+      <c r="B205" t="s">
+        <v>9</v>
+      </c>
+      <c r="C205" t="s">
+        <v>827</v>
+      </c>
+      <c r="D205" t="s">
+        <v>822</v>
+      </c>
+      <c r="E205" t="s">
+        <v>823</v>
+      </c>
+      <c r="F205" t="s">
+        <v>13</v>
+      </c>
+      <c r="G205" s="1" t="s">
+        <v>828</v>
+      </c>
+      <c r="H205" t="s">
+        <v>829</v>
+      </c>
+    </row>
+    <row r="206" spans="1:8">
+      <c r="A206" t="s">
+        <v>830</v>
+      </c>
+      <c r="B206" t="s">
+        <v>9</v>
+      </c>
+      <c r="C206" t="s">
+        <v>831</v>
+      </c>
+      <c r="D206" t="s">
+        <v>822</v>
+      </c>
+      <c r="E206" t="s">
+        <v>823</v>
+      </c>
+      <c r="F206" t="s">
+        <v>13</v>
+      </c>
+      <c r="G206" s="1" t="s">
+        <v>832</v>
+      </c>
+      <c r="H206" t="s">
+        <v>833</v>
+      </c>
+    </row>
+    <row r="207" spans="1:8">
+      <c r="A207" t="s">
+        <v>834</v>
+      </c>
+      <c r="B207" t="s">
+        <v>9</v>
+      </c>
+      <c r="C207" t="s">
+        <v>88</v>
+      </c>
+      <c r="D207" t="s">
+        <v>835</v>
+      </c>
+      <c r="E207" t="s">
+        <v>836</v>
+      </c>
+      <c r="F207" t="s">
+        <v>322</v>
+      </c>
+      <c r="G207" s="1" t="s">
+        <v>837</v>
+      </c>
+      <c r="H207" t="s">
+        <v>838</v>
+      </c>
+    </row>
+    <row r="208" spans="1:8">
+      <c r="A208" t="s">
+        <v>839</v>
+      </c>
+      <c r="B208" t="s">
+        <v>9</v>
+      </c>
+      <c r="C208" t="s">
+        <v>271</v>
+      </c>
+      <c r="D208" t="s">
+        <v>840</v>
+      </c>
+      <c r="E208" t="s">
+        <v>841</v>
+      </c>
+      <c r="G208" s="1" t="s">
+        <v>693</v>
+      </c>
+      <c r="H208" t="s">
+        <v>842</v>
+      </c>
+    </row>
+    <row r="209" spans="1:8">
+      <c r="A209" t="s">
+        <v>843</v>
+      </c>
+      <c r="B209" t="s">
+        <v>9</v>
+      </c>
+      <c r="C209" t="s">
+        <v>275</v>
+      </c>
+      <c r="D209" t="s">
+        <v>840</v>
+      </c>
+      <c r="E209" t="s">
+        <v>841</v>
+      </c>
+      <c r="G209" s="1" t="s">
+        <v>693</v>
+      </c>
+      <c r="H209" t="s">
+        <v>844</v>
+      </c>
+    </row>
+    <row r="210" spans="1:8">
+      <c r="A210" t="s">
+        <v>845</v>
+      </c>
+      <c r="B210" t="s">
+        <v>9</v>
+      </c>
+      <c r="C210" t="s">
+        <v>279</v>
+      </c>
+      <c r="D210" t="s">
+        <v>840</v>
+      </c>
+      <c r="E210" t="s">
+        <v>841</v>
+      </c>
+      <c r="G210" s="1" t="s">
+        <v>693</v>
+      </c>
+      <c r="H210" t="s">
+        <v>846</v>
+      </c>
+    </row>
+    <row r="211" spans="1:8">
+      <c r="A211" t="s">
+        <v>847</v>
+      </c>
+      <c r="B211" t="s">
+        <v>9</v>
+      </c>
+      <c r="C211" t="s">
+        <v>283</v>
+      </c>
+      <c r="D211" t="s">
+        <v>840</v>
+      </c>
+      <c r="E211" t="s">
+        <v>841</v>
+      </c>
+      <c r="G211" s="1" t="s">
+        <v>693</v>
+      </c>
+      <c r="H211" t="s">
+        <v>848</v>
+      </c>
+    </row>
+    <row r="212" spans="1:8">
+      <c r="A212" t="s">
+        <v>849</v>
+      </c>
+      <c r="B212" t="s">
+        <v>9</v>
+      </c>
+      <c r="C212" t="s">
+        <v>287</v>
+      </c>
+      <c r="D212" t="s">
+        <v>840</v>
+      </c>
+      <c r="E212" t="s">
+        <v>841</v>
+      </c>
+      <c r="G212" s="1" t="s">
+        <v>693</v>
+      </c>
+      <c r="H212" t="s">
+        <v>850</v>
+      </c>
+    </row>
+    <row r="213" spans="1:8">
+      <c r="A213" t="s">
+        <v>851</v>
+      </c>
+      <c r="B213" t="s">
+        <v>9</v>
+      </c>
+      <c r="C213" t="s">
+        <v>291</v>
+      </c>
+      <c r="D213" t="s">
+        <v>840</v>
+      </c>
+      <c r="E213" t="s">
+        <v>841</v>
+      </c>
+      <c r="G213" s="1" t="s">
+        <v>693</v>
+      </c>
+      <c r="H213" t="s">
+        <v>852</v>
+      </c>
+    </row>
+    <row r="214" spans="1:8">
+      <c r="A214" t="s">
+        <v>853</v>
+      </c>
+      <c r="B214" t="s">
+        <v>9</v>
+      </c>
+      <c r="C214" t="s">
+        <v>88</v>
+      </c>
+      <c r="D214" t="s">
+        <v>854</v>
+      </c>
+      <c r="E214" t="s">
+        <v>855</v>
+      </c>
+      <c r="G214" s="1" t="s">
+        <v>693</v>
+      </c>
+      <c r="H214" t="s">
+        <v>856</v>
+      </c>
+    </row>
+    <row r="215" spans="1:8">
+      <c r="A215" t="s">
+        <v>857</v>
+      </c>
+      <c r="B215" t="s">
+        <v>9</v>
+      </c>
+      <c r="C215" t="s">
+        <v>100</v>
+      </c>
+      <c r="D215" t="s">
+        <v>854</v>
+      </c>
+      <c r="E215" t="s">
+        <v>855</v>
+      </c>
+      <c r="G215" s="1" t="s">
+        <v>693</v>
+      </c>
+      <c r="H215" t="s">
+        <v>858</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
     <hyperlink ref="G15" r:id="rId14"/>
     <hyperlink ref="G16" r:id="rId15"/>
     <hyperlink ref="G17" r:id="rId16"/>
     <hyperlink ref="G18" r:id="rId17"/>
     <hyperlink ref="G19" r:id="rId18"/>
     <hyperlink ref="G20" r:id="rId19"/>
     <hyperlink ref="G21" r:id="rId20"/>
     <hyperlink ref="G22" r:id="rId21"/>
@@ -5086,50 +8630,146 @@
     <hyperlink ref="G95" r:id="rId94"/>
     <hyperlink ref="G96" r:id="rId95"/>
     <hyperlink ref="G97" r:id="rId96"/>
     <hyperlink ref="G98" r:id="rId97"/>
     <hyperlink ref="G99" r:id="rId98"/>
     <hyperlink ref="G100" r:id="rId99"/>
     <hyperlink ref="G101" r:id="rId100"/>
     <hyperlink ref="G102" r:id="rId101"/>
     <hyperlink ref="G103" r:id="rId102"/>
     <hyperlink ref="G104" r:id="rId103"/>
     <hyperlink ref="G105" r:id="rId104"/>
     <hyperlink ref="G106" r:id="rId105"/>
     <hyperlink ref="G107" r:id="rId106"/>
     <hyperlink ref="G108" r:id="rId107"/>
     <hyperlink ref="G109" r:id="rId108"/>
     <hyperlink ref="G110" r:id="rId109"/>
     <hyperlink ref="G111" r:id="rId110"/>
     <hyperlink ref="G112" r:id="rId111"/>
     <hyperlink ref="G113" r:id="rId112"/>
     <hyperlink ref="G114" r:id="rId113"/>
     <hyperlink ref="G115" r:id="rId114"/>
     <hyperlink ref="G116" r:id="rId115"/>
     <hyperlink ref="G117" r:id="rId116"/>
     <hyperlink ref="G118" r:id="rId117"/>
     <hyperlink ref="G119" r:id="rId118"/>
+    <hyperlink ref="G120" r:id="rId119"/>
+    <hyperlink ref="G121" r:id="rId120"/>
+    <hyperlink ref="G122" r:id="rId121"/>
+    <hyperlink ref="G123" r:id="rId122"/>
+    <hyperlink ref="G124" r:id="rId123"/>
+    <hyperlink ref="G125" r:id="rId124"/>
+    <hyperlink ref="G126" r:id="rId125"/>
+    <hyperlink ref="G127" r:id="rId126"/>
+    <hyperlink ref="G128" r:id="rId127"/>
+    <hyperlink ref="G129" r:id="rId128"/>
+    <hyperlink ref="G130" r:id="rId129"/>
+    <hyperlink ref="G131" r:id="rId130"/>
+    <hyperlink ref="G132" r:id="rId131"/>
+    <hyperlink ref="G133" r:id="rId132"/>
+    <hyperlink ref="G134" r:id="rId133"/>
+    <hyperlink ref="G135" r:id="rId134"/>
+    <hyperlink ref="G136" r:id="rId135"/>
+    <hyperlink ref="G137" r:id="rId136"/>
+    <hyperlink ref="G138" r:id="rId137"/>
+    <hyperlink ref="G139" r:id="rId138"/>
+    <hyperlink ref="G140" r:id="rId139"/>
+    <hyperlink ref="G141" r:id="rId140"/>
+    <hyperlink ref="G142" r:id="rId141"/>
+    <hyperlink ref="G143" r:id="rId142"/>
+    <hyperlink ref="G144" r:id="rId143"/>
+    <hyperlink ref="G145" r:id="rId144"/>
+    <hyperlink ref="G146" r:id="rId145"/>
+    <hyperlink ref="G147" r:id="rId146"/>
+    <hyperlink ref="G148" r:id="rId147"/>
+    <hyperlink ref="G149" r:id="rId148"/>
+    <hyperlink ref="G150" r:id="rId149"/>
+    <hyperlink ref="G151" r:id="rId150"/>
+    <hyperlink ref="G152" r:id="rId151"/>
+    <hyperlink ref="G153" r:id="rId152"/>
+    <hyperlink ref="G154" r:id="rId153"/>
+    <hyperlink ref="G155" r:id="rId154"/>
+    <hyperlink ref="G156" r:id="rId155"/>
+    <hyperlink ref="G157" r:id="rId156"/>
+    <hyperlink ref="G158" r:id="rId157"/>
+    <hyperlink ref="G159" r:id="rId158"/>
+    <hyperlink ref="G160" r:id="rId159"/>
+    <hyperlink ref="G161" r:id="rId160"/>
+    <hyperlink ref="G162" r:id="rId161"/>
+    <hyperlink ref="G163" r:id="rId162"/>
+    <hyperlink ref="G164" r:id="rId163"/>
+    <hyperlink ref="G165" r:id="rId164"/>
+    <hyperlink ref="G166" r:id="rId165"/>
+    <hyperlink ref="G167" r:id="rId166"/>
+    <hyperlink ref="G168" r:id="rId167"/>
+    <hyperlink ref="G169" r:id="rId168"/>
+    <hyperlink ref="G170" r:id="rId169"/>
+    <hyperlink ref="G171" r:id="rId170"/>
+    <hyperlink ref="G172" r:id="rId171"/>
+    <hyperlink ref="G173" r:id="rId172"/>
+    <hyperlink ref="G174" r:id="rId173"/>
+    <hyperlink ref="G175" r:id="rId174"/>
+    <hyperlink ref="G176" r:id="rId175"/>
+    <hyperlink ref="G177" r:id="rId176"/>
+    <hyperlink ref="G178" r:id="rId177"/>
+    <hyperlink ref="G179" r:id="rId178"/>
+    <hyperlink ref="G180" r:id="rId179"/>
+    <hyperlink ref="G181" r:id="rId180"/>
+    <hyperlink ref="G182" r:id="rId181"/>
+    <hyperlink ref="G183" r:id="rId182"/>
+    <hyperlink ref="G184" r:id="rId183"/>
+    <hyperlink ref="G185" r:id="rId184"/>
+    <hyperlink ref="G186" r:id="rId185"/>
+    <hyperlink ref="G187" r:id="rId186"/>
+    <hyperlink ref="G188" r:id="rId187"/>
+    <hyperlink ref="G189" r:id="rId188"/>
+    <hyperlink ref="G190" r:id="rId189"/>
+    <hyperlink ref="G191" r:id="rId190"/>
+    <hyperlink ref="G192" r:id="rId191"/>
+    <hyperlink ref="G193" r:id="rId192"/>
+    <hyperlink ref="G194" r:id="rId193"/>
+    <hyperlink ref="G195" r:id="rId194"/>
+    <hyperlink ref="G196" r:id="rId195"/>
+    <hyperlink ref="G197" r:id="rId196"/>
+    <hyperlink ref="G198" r:id="rId197"/>
+    <hyperlink ref="G199" r:id="rId198"/>
+    <hyperlink ref="G200" r:id="rId199"/>
+    <hyperlink ref="G201" r:id="rId200"/>
+    <hyperlink ref="G202" r:id="rId201"/>
+    <hyperlink ref="G203" r:id="rId202"/>
+    <hyperlink ref="G204" r:id="rId203"/>
+    <hyperlink ref="G205" r:id="rId204"/>
+    <hyperlink ref="G206" r:id="rId205"/>
+    <hyperlink ref="G207" r:id="rId206"/>
+    <hyperlink ref="G208" r:id="rId207"/>
+    <hyperlink ref="G209" r:id="rId208"/>
+    <hyperlink ref="G210" r:id="rId209"/>
+    <hyperlink ref="G211" r:id="rId210"/>
+    <hyperlink ref="G212" r:id="rId211"/>
+    <hyperlink ref="G213" r:id="rId212"/>
+    <hyperlink ref="G214" r:id="rId213"/>
+    <hyperlink ref="G215" r:id="rId214"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>